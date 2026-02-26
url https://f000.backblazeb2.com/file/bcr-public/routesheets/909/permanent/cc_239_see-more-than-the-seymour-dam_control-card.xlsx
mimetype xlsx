--- v0 (2025-12-05)
+++ v1 (2026-02-26)
@@ -4,60 +4,60 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="11210"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="11122"/>
   <workbookPr showInkAnnotation="0" autoCompressPictures="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/Eric/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{735075D9-EBE5-E94A-8F92-E836F42524CD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FBEC005E-36C9-3246-9D81-4239131EDA42}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="22160" yWindow="500" windowWidth="29040" windowHeight="18240" tabRatio="509" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="18700" yWindow="3180" windowWidth="26260" windowHeight="23280" tabRatio="509" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Control Entry" sheetId="1" r:id="rId1"/>
     <sheet name="Control Card" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="Address_1">#REF!</definedName>
     <definedName name="Address_2">#REF!</definedName>
     <definedName name="brevet">'Control Entry'!$C$1</definedName>
     <definedName name="Brevet_Description">'Control Entry'!$B$3</definedName>
     <definedName name="Brevet_Length">'Control Entry'!$B$1</definedName>
     <definedName name="Brevet_Number">'Control Entry'!$B$4</definedName>
     <definedName name="City">#REF!</definedName>
     <definedName name="Close">'Control Entry'!$J$10:$J$19</definedName>
     <definedName name="Close_time">'Control Entry'!$L$10:$L$19</definedName>
     <definedName name="Control_1">'Control Entry'!$D$10:$L$10</definedName>
     <definedName name="Control_10">'Control Entry'!$D$19:$L$19</definedName>
     <definedName name="Control_11">'Control Entry'!#REF!</definedName>
     <definedName name="Control_12">'Control Entry'!#REF!</definedName>
     <definedName name="Control_13">'Control Entry'!#REF!</definedName>
     <definedName name="Control_14">'Control Entry'!#REF!</definedName>
     <definedName name="Control_15">'Control Entry'!#REF!</definedName>
     <definedName name="Control_16">'Control Entry'!#REF!</definedName>
     <definedName name="Control_17">'Control Entry'!#REF!</definedName>
     <definedName name="Control_18">'Control Entry'!#REF!</definedName>
@@ -205,52 +205,51 @@
     <definedName name="Work_telephone">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{7523E5D3-25F3-A5E0-1632-64F254C22452}">
       <mx:ArchID Flags="2"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="E18" i="2" l="1"/>
   <c r="M6" i="2"/>
   <c r="S22" i="2"/>
   <c r="L22" i="2" l="1"/>
-  <c r="R5" i="2" l="1"/>
-  <c r="P5" i="2"/>
+  <c r="P5" i="2" l="1"/>
   <c r="I14" i="1"/>
   <c r="C1" i="1"/>
   <c r="J16" i="1" s="1"/>
   <c r="A7" i="2"/>
   <c r="I10" i="1"/>
   <c r="J10" i="1" s="1"/>
   <c r="L10" i="1" s="1"/>
   <c r="I19" i="1"/>
   <c r="J18" i="1"/>
   <c r="I15" i="1"/>
   <c r="I16" i="1"/>
   <c r="I17" i="1"/>
   <c r="I18" i="1"/>
   <c r="I12" i="1"/>
   <c r="E32" i="2"/>
   <c r="E31" i="2"/>
   <c r="E30" i="2"/>
   <c r="E29" i="2"/>
   <c r="E28" i="2"/>
   <c r="E27" i="2"/>
   <c r="E26" i="2"/>
   <c r="E25" i="2"/>
   <c r="E24" i="2"/>
   <c r="E23" i="2"/>
   <c r="E22" i="2"/>
@@ -479,51 +478,51 @@
           <rPr>
             <sz val="10"/>
             <color rgb="FF000000"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
         <r>
           <rPr>
             <sz val="10"/>
             <color rgb="FF000000"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Actual date</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="121" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="122" uniqueCount="87">
   <si>
     <t>Start time</t>
   </si>
   <si>
     <t>Finish time</t>
   </si>
   <si>
     <t>Elapsed time</t>
   </si>
   <si>
     <t>Open</t>
   </si>
   <si>
     <t>Close</t>
   </si>
   <si>
     <t>Open time</t>
   </si>
   <si>
     <t>Close time</t>
   </si>
   <si>
     <t>Control 1</t>
   </si>
   <si>
@@ -659,53 +658,50 @@
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> and</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="16"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> note time of day</t>
     </r>
   </si>
   <si>
     <t>Start Date</t>
   </si>
   <si>
     <t>Finish Date</t>
   </si>
   <si>
     <t>Member #</t>
   </si>
   <si>
-    <t xml:space="preserve">Brevet No. </t>
-[...1 lines deleted...]
-  <si>
     <t>Schedule date:</t>
   </si>
   <si>
     <t>Single</t>
   </si>
   <si>
     <t>Tandem</t>
   </si>
   <si>
     <t>Fixed</t>
   </si>
   <si>
     <t>Recumbent</t>
   </si>
   <si>
     <t>Velomobile</t>
   </si>
   <si>
     <t>(only add if change needed to database)</t>
   </si>
   <si>
     <t>Founding member of LES RANDONNEURS MONDIAUX (1983)</t>
   </si>
   <si>
     <t>Bicycle Type
@@ -769,50 +765,56 @@
     <t>s____ and m____</t>
   </si>
   <si>
     <t>"Failure to do so may result in damage to the g___ and b___."</t>
   </si>
   <si>
     <t>Sign in parking lot, near footpath</t>
   </si>
   <si>
     <t>Delta, Burns Dr @ 64 St, bike path entrance</t>
   </si>
   <si>
     <t>"s___ and m__" will clog the pipe.</t>
   </si>
   <si>
     <t>Initial upon completion.</t>
   </si>
   <si>
     <t>Your initials:</t>
   </si>
   <si>
     <t>_______</t>
   </si>
   <si>
     <t>See More than the Seymour Dam - Permanent #239, 203 km</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Permanent Brevet No. 239 </t>
+  </si>
+  <si>
+    <t>Date</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="6">
     <numFmt numFmtId="164" formatCode="dd/mmm/yy\ hh:mm\ AM/PM"/>
     <numFmt numFmtId="165" formatCode="d/mmm/yy"/>
     <numFmt numFmtId="166" formatCode="dddd"/>
     <numFmt numFmtId="167" formatCode="0.0"/>
     <numFmt numFmtId="168" formatCode="mmmm\ d\,\ yyyy"/>
     <numFmt numFmtId="169" formatCode="[&lt;=9999999]###\-####;\(###\)\ ###\-####"/>
   </numFmts>
   <fonts count="30" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -1861,145 +1863,145 @@
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="18" fontId="14" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="12" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="169" fontId="7" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="168" fontId="10" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="168" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="18" fontId="23" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="18" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="168" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...70 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="288">
     <cellStyle name="Followed Hyperlink" xfId="2" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="4" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="6" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="8" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="10" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="12" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="14" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="16" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="18" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="20" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="22" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="24" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="26" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="28" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="30" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="32" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="34" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="36" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="38" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="40" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="42" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="44" builtinId="9" hidden="1"/>
@@ -2782,73 +2784,73 @@
       <c r="A1" s="18" t="s">
         <v>18</v>
       </c>
       <c r="B1" s="19">
         <v>204</v>
       </c>
       <c r="C1">
         <f>IF(Brevet_Length&gt;=1200,Brevet_Length,IF(Brevet_Length&gt;=1000,1000,IF(Brevet_Length&gt;=600,600,IF(Brevet_Length&gt;=400,400,IF(Brevet_Length&gt;=300,300,IF(Brevet_Length&gt;=200,200,100))))))</f>
         <v>200</v>
       </c>
     </row>
     <row r="2" spans="1:13" ht="14" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A2" s="20" t="s">
         <v>19</v>
       </c>
       <c r="B2" s="21">
         <f>IF(brevet=1200,90,IF(brevet=1000,75,IF(brevet=600,40,IF(brevet=400,27,IF(brevet=300,20,IF(brevet=200,13.5,IF(brevet=100,7,0)))))))</f>
         <v>13.5</v>
       </c>
     </row>
     <row r="3" spans="1:13" ht="14" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A3" s="20" t="s">
         <v>20</v>
       </c>
       <c r="B3" s="64" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="C3" s="3"/>
       <c r="D3" s="55"/>
       <c r="E3" s="55"/>
       <c r="F3" s="55"/>
       <c r="G3" s="55"/>
       <c r="H3" s="55"/>
       <c r="M3" s="91"/>
     </row>
     <row r="4" spans="1:13" x14ac:dyDescent="0.15">
       <c r="A4" s="20" t="s">
         <v>21</v>
       </c>
       <c r="B4" s="75"/>
       <c r="C4" s="36"/>
       <c r="F4" s="37"/>
       <c r="G4" s="37"/>
       <c r="H4" s="37"/>
     </row>
     <row r="5" spans="1:13" x14ac:dyDescent="0.15">
       <c r="A5" s="70" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B5" s="22">
         <v>44415</v>
       </c>
     </row>
     <row r="6" spans="1:13" ht="6" customHeight="1" x14ac:dyDescent="0.15"/>
     <row r="7" spans="1:13" ht="14" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A7" s="66" t="s">
         <v>22</v>
       </c>
       <c r="B7" s="67"/>
     </row>
     <row r="8" spans="1:13" ht="14" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A8" s="16" t="s">
         <v>23</v>
       </c>
       <c r="B8" s="17"/>
       <c r="D8" s="94" t="s">
         <v>24</v>
       </c>
       <c r="E8" s="95"/>
       <c r="F8" s="95"/>
       <c r="G8" s="95"/>
       <c r="H8" s="95"/>
     </row>
@@ -2867,228 +2869,228 @@
       </c>
       <c r="H9" s="9" t="s">
         <v>29</v>
       </c>
       <c r="I9" t="s">
         <v>3</v>
       </c>
       <c r="J9" t="s">
         <v>4</v>
       </c>
       <c r="K9" t="s">
         <v>5</v>
       </c>
       <c r="L9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:13" x14ac:dyDescent="0.15">
       <c r="C10" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D10" s="39">
         <v>0</v>
       </c>
       <c r="E10" s="60" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F10" s="58" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="G10" s="58" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="H10" s="59"/>
       <c r="I10" s="5">
         <f>Start_date+Start_time</f>
         <v>0</v>
       </c>
       <c r="J10" s="5">
         <f>I10+"1:00"</f>
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="K10" s="6">
         <f>IF(ISBLANK(Distance),"",Open Control_1)</f>
         <v>0</v>
       </c>
       <c r="L10" s="6">
         <f>IF(ISBLANK(Distance),"",Close Control_1)</f>
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="M10" s="92"/>
     </row>
     <row r="11" spans="1:13" x14ac:dyDescent="0.15">
       <c r="C11" s="4" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="39">
         <v>32.6</v>
       </c>
       <c r="E11" s="60" t="s">
+        <v>67</v>
+      </c>
+      <c r="F11" s="58" t="s">
         <v>68</v>
       </c>
-      <c r="F11" s="58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G11" s="58" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="H11" s="59"/>
       <c r="I11">
         <f>IF(ISBLANK(Distance),"",IF(Distance&gt;1000,(Distance-1000)/26+33.0847,(IF(Distance&gt;600,(Distance-600)/28+18.799,(IF(Distance&gt;400,(Distance-400)/30+12.1324,(IF(Distance&gt;200,(Distance-200)/32+5.8824,Distance/34))))))))</f>
         <v>0.95882352941176474</v>
       </c>
       <c r="J11">
         <f>IF(ISBLANK(Distance),"",IF(Distance&gt;=brevet,IF(brevet&gt;1200,(brevet-1200)*75/1000+90,Max_time),IF(Distance&gt;1200,(Distance-1200)*75/1000+90,IF(Distance&gt;1000,(Distance-1000)/(1000/75)+75,IF(Distance&gt;600,(Distance-600)/(400/35)+40,Distance/15)))))</f>
         <v>2.1733333333333333</v>
       </c>
       <c r="K11" s="6">
         <f>IF(ISBLANK(Distance),"",Open_time Control_1+(INT(Open)&amp;":"&amp;IF(ROUND(((Open-INT(Open))*60),0)&lt;10,0,"")&amp;ROUND(((Open-INT(Open))*60),0)))</f>
         <v>4.027777777777778E-2</v>
       </c>
       <c r="L11" s="6">
         <f>IF(ISBLANK(Distance),"",Open_time Control_1+(INT(Close)&amp;":"&amp;IF(ROUND(((Close-INT(Close))*60),0)&lt;10,0,"")&amp;ROUND(((Close-INT(Close))*60),0)))</f>
         <v>9.0277777777777776E-2</v>
       </c>
       <c r="M11" s="92"/>
     </row>
     <row r="12" spans="1:13" x14ac:dyDescent="0.15">
       <c r="C12" s="4" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="39">
         <v>55.7</v>
       </c>
       <c r="E12" s="60" t="s">
+        <v>69</v>
+      </c>
+      <c r="F12" s="58" t="s">
         <v>70</v>
       </c>
-      <c r="F12" s="58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G12" s="58" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H12" s="59"/>
       <c r="I12">
         <f>IF(ISBLANK(Distance),"",IF(Distance&gt;1000,(Distance-1000)/26+33.0847,(IF(Distance&gt;600,(Distance-600)/28+18.799,(IF(Distance&gt;400,(Distance-400)/30+12.1324,(IF(Distance&gt;200,(Distance-200)/32+5.8824,Distance/34))))))))</f>
         <v>1.6382352941176472</v>
       </c>
       <c r="J12">
         <f t="shared" ref="J12:J19" si="0">IF(ISBLANK(Distance),"",IF(Distance&gt;=brevet,IF(brevet&gt;1200,(brevet-1200)*75/1000+90,Max_time),IF(Distance&gt;1200,(Distance-1200)*75/1000+90,IF(Distance&gt;1000,(Distance-1000)/(1000/75)+75,IF(Distance&gt;600,(Distance-600)/(400/35)+40,Distance/15)))))</f>
         <v>3.7133333333333334</v>
       </c>
       <c r="K12" s="6">
         <f>IF(ISBLANK(Distance),"",Open_time Control_1+(INT(Open)&amp;":"&amp;IF(ROUND(((Open-INT(Open))*60),0)&lt;10,0,"")&amp;ROUND(((Open-INT(Open))*60),0)))</f>
         <v>6.805555555555555E-2</v>
       </c>
       <c r="L12" s="6">
         <f>IF(ISBLANK(Distance),"",Open_time Control_1+(INT(Close)&amp;":"&amp;IF(ROUND(((Close-INT(Close))*60),0)&lt;10,0,"")&amp;ROUND(((Close-INT(Close))*60),0)))</f>
         <v>0.15486111111111112</v>
       </c>
       <c r="M12" s="92"/>
     </row>
     <row r="13" spans="1:13" x14ac:dyDescent="0.15">
       <c r="C13" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D13" s="39">
         <v>118.6</v>
       </c>
       <c r="E13" s="60" t="s">
+        <v>71</v>
+      </c>
+      <c r="F13" s="58" t="s">
         <v>72</v>
       </c>
-      <c r="F13" s="58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G13" s="58" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="H13" s="59"/>
       <c r="I13">
         <f t="shared" ref="I13:I19" si="1">IF(ISBLANK(Distance),"",IF(Distance&gt;1000,(Distance-1000)/26+33.0847,(IF(Distance&gt;600,(Distance-600)/28+18.799,(IF(Distance&gt;400,(Distance-400)/30+12.1324,(IF(Distance&gt;200,(Distance-200)/32+5.8824,Distance/34))))))))</f>
         <v>3.4882352941176471</v>
       </c>
       <c r="J13">
         <f t="shared" si="0"/>
         <v>7.9066666666666663</v>
       </c>
       <c r="K13" s="6">
         <f>IF(ISBLANK(Distance),"",Open_time Control_1+(INT(Open)&amp;":"&amp;IF(ROUND(((Open-INT(Open))*60),0)&lt;10,0,"")&amp;ROUND(((Open-INT(Open))*60),0)))</f>
         <v>0.1451388888888889</v>
       </c>
       <c r="L13" s="6">
         <f>IF(ISBLANK(Distance),"",Open_time Control_1+(INT(Close)&amp;":"&amp;IF(ROUND(((Close-INT(Close))*60),0)&lt;10,0,"")&amp;ROUND(((Close-INT(Close))*60),0)))</f>
         <v>0.32916666666666666</v>
       </c>
     </row>
     <row r="14" spans="1:13" x14ac:dyDescent="0.15">
       <c r="C14" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D14" s="39">
         <v>165.7</v>
       </c>
       <c r="E14" s="60" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="F14" s="58" t="s">
+        <v>73</v>
+      </c>
+      <c r="G14" s="58" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="H14" s="59"/>
       <c r="I14">
         <f t="shared" si="1"/>
         <v>4.8735294117647054</v>
       </c>
       <c r="J14">
         <f t="shared" si="0"/>
         <v>11.046666666666665</v>
       </c>
       <c r="K14" s="6">
         <f>IF(ISBLANK(Distance),"",Open_time Control_1+(INT(Open)&amp;":"&amp;IF(ROUND(((Open-INT(Open))*60),0)&lt;10,0,"")&amp;ROUND(((Open-INT(Open))*60),0)))</f>
-        <v>0.20277777777777781</v>
+        <v>0.20277777777777778</v>
       </c>
       <c r="L14" s="6">
         <f>IF(ISBLANK(Distance),"",Open_time Control_1+(INT(Close)&amp;":"&amp;IF(ROUND(((Close-INT(Close))*60),0)&lt;10,0,"")&amp;ROUND(((Close-INT(Close))*60),0)))</f>
-        <v>0.4604166666666667</v>
+        <v>0.46041666666666664</v>
       </c>
       <c r="M14" s="92"/>
     </row>
     <row r="15" spans="1:13" x14ac:dyDescent="0.15">
       <c r="C15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D15" s="39">
         <v>203.7</v>
       </c>
       <c r="E15" s="60" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F15" s="58" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="G15" s="58"/>
       <c r="H15" s="59"/>
       <c r="I15">
         <f t="shared" si="1"/>
         <v>5.9980249999999993</v>
       </c>
       <c r="J15">
         <f t="shared" si="0"/>
         <v>13.5</v>
       </c>
       <c r="K15" s="6">
         <f>IF(ISBLANK(Distance),"",Open_time Control_1+(INT(Open)&amp;":"&amp;IF(ROUND(((Open-INT(Open))*60),0)&lt;10,0,"")&amp;ROUND(((Open-INT(Open))*60),0)))</f>
         <v>0.25</v>
       </c>
       <c r="L15" s="6">
         <f>IF(ISBLANK(Distance),"",Open_time Control_1+(INT(Close)&amp;":"&amp;IF(ROUND(((Close-INT(Close))*60),0)&lt;10,0,"")&amp;ROUND(((Close-INT(Close))*60),0)))</f>
         <v>0.5625</v>
       </c>
     </row>
     <row r="16" spans="1:13" ht="14" x14ac:dyDescent="0.15">
       <c r="C16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D16" s="39"/>
@@ -3197,687 +3199,686 @@
     <mergeCell ref="D8:H8"/>
   </mergeCells>
   <phoneticPr fontId="16" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967292" verticalDpi="4294967292" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;A</oddHeader>
     <oddFooter>Page &amp;P</oddFooter>
   </headerFooter>
   <legacyDrawing r:id="rId2"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:V40"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="92" zoomScaleNormal="92" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
+      <selection activeCell="N5" sqref="N5:O5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="13" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="8.5" style="1" customWidth="1"/>
     <col min="2" max="2" width="11.5" customWidth="1"/>
     <col min="3" max="3" width="11.6640625" customWidth="1"/>
     <col min="4" max="4" width="18" customWidth="1"/>
     <col min="5" max="5" width="23.83203125" customWidth="1"/>
     <col min="6" max="6" width="42" customWidth="1"/>
     <col min="7" max="7" width="13.5" customWidth="1"/>
     <col min="8" max="8" width="8" customWidth="1"/>
     <col min="9" max="9" width="12" customWidth="1"/>
     <col min="18" max="19" width="8.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" ht="21" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="112" t="s">
+      <c r="A1" s="103" t="s">
         <v>45</v>
       </c>
-      <c r="B1" s="112"/>
-[...4 lines deleted...]
-      <c r="G1" s="112"/>
+      <c r="B1" s="103"/>
+      <c r="C1" s="103"/>
+      <c r="D1" s="103"/>
+      <c r="E1" s="103"/>
+      <c r="F1" s="103"/>
+      <c r="G1" s="103"/>
       <c r="H1" s="40" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="2" spans="1:22" ht="38" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A2" s="10" t="s">
         <v>31</v>
       </c>
       <c r="B2" s="11" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="11" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="11" t="s">
         <v>26</v>
       </c>
       <c r="E2" s="11" t="s">
         <v>32</v>
       </c>
       <c r="F2" s="11" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="G2" s="10" t="s">
         <v>33</v>
       </c>
       <c r="H2" s="40" t="s">
         <v>30</v>
       </c>
-      <c r="K2" s="105" t="s">
-[...11 lines deleted...]
-      <c r="U2" s="105"/>
+      <c r="K2" s="113" t="s">
+        <v>56</v>
+      </c>
+      <c r="L2" s="113"/>
+      <c r="M2" s="113"/>
+      <c r="N2" s="113"/>
+      <c r="O2" s="113"/>
+      <c r="P2" s="113"/>
+      <c r="Q2" s="113"/>
+      <c r="R2" s="113"/>
+      <c r="S2" s="113"/>
+      <c r="T2" s="113"/>
+      <c r="U2" s="113"/>
     </row>
     <row r="3" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A3" s="44"/>
       <c r="B3" s="45">
         <f>Control_1 Open_time</f>
         <v>0</v>
       </c>
       <c r="C3" s="45">
         <f>Control_1 Close_time</f>
         <v>4.1666666666666664E-2</v>
       </c>
-      <c r="D3" s="100" t="str">
+      <c r="D3" s="121" t="str">
         <f>IF(ISBLANK(Locale Control_1),"",Locale Control_1)</f>
         <v>Vancouver, Ross St @ 43rd Ave</v>
       </c>
       <c r="E3" s="46" t="str">
         <f>IF(ISBLANK(Control_1 Establishment_1),"",Control_1 Establishment_1)</f>
         <v>Sign in parking lot, near footpath</v>
       </c>
       <c r="F3" s="85"/>
       <c r="G3" s="12"/>
       <c r="H3" s="40" t="s">
         <v>30</v>
       </c>
       <c r="K3" s="23"/>
-      <c r="N3" s="115" t="s">
+      <c r="N3" s="106" t="s">
         <v>34</v>
       </c>
-      <c r="O3" s="115"/>
-[...3 lines deleted...]
-      <c r="S3" s="115"/>
+      <c r="O3" s="106"/>
+      <c r="P3" s="106"/>
+      <c r="Q3" s="106"/>
+      <c r="R3" s="106"/>
+      <c r="S3" s="106"/>
       <c r="T3" s="61"/>
       <c r="U3" s="61"/>
     </row>
     <row r="4" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="52">
         <f>IF(ISBLANK(Distance Control_1),"",Control_1 Distance)</f>
         <v>0</v>
       </c>
       <c r="B4" s="53">
         <f>Control_1 Open_time</f>
         <v>0</v>
       </c>
       <c r="C4" s="53">
         <f>Control_1 Close_time</f>
         <v>4.1666666666666664E-2</v>
       </c>
-      <c r="D4" s="101"/>
-      <c r="E4" s="96" t="str">
+      <c r="D4" s="122"/>
+      <c r="E4" s="119" t="str">
         <f>IF(ISBLANK(Control_1 Establishment_2),"",Control_1 Establishment_2)</f>
         <v>Maximum fine for smoking</v>
       </c>
       <c r="F4" s="93" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="G4" s="12"/>
       <c r="H4" s="40" t="s">
         <v>30</v>
       </c>
       <c r="K4" s="23"/>
-      <c r="M4" s="114" t="str">
+      <c r="M4" s="105" t="str">
         <f>IF(ISBLANK(brevet),"",brevet&amp;" km Randonnée")</f>
         <v>200 km Randonnée</v>
       </c>
-      <c r="N4" s="114"/>
-[...5 lines deleted...]
-      <c r="T4" s="114"/>
+      <c r="N4" s="105"/>
+      <c r="O4" s="105"/>
+      <c r="P4" s="105"/>
+      <c r="Q4" s="105"/>
+      <c r="R4" s="105"/>
+      <c r="S4" s="105"/>
+      <c r="T4" s="105"/>
       <c r="U4" s="62"/>
     </row>
     <row r="5" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A5" s="47"/>
       <c r="B5" s="48">
         <f>Control_1 Open_time</f>
         <v>0</v>
       </c>
       <c r="C5" s="48">
         <f>Control_1 Close_time</f>
         <v>4.1666666666666664E-2</v>
       </c>
-      <c r="D5" s="102"/>
-      <c r="E5" s="97"/>
+      <c r="D5" s="123"/>
+      <c r="E5" s="120"/>
       <c r="F5" s="15"/>
       <c r="G5" s="14"/>
       <c r="H5" s="40" t="s">
         <v>30</v>
       </c>
       <c r="K5" s="23"/>
-      <c r="N5" s="122" t="s">
-[...2 lines deleted...]
-      <c r="O5" s="122"/>
+      <c r="N5" s="111" t="s">
+        <v>85</v>
+      </c>
+      <c r="O5" s="111"/>
       <c r="P5" s="80" t="str">
         <f>IF(ISBLANK(Brevet_Number),"",Brevet_Number)</f>
         <v/>
       </c>
       <c r="Q5" s="71"/>
-      <c r="R5" s="104">
-[...5 lines deleted...]
-      <c r="U5" s="104"/>
+      <c r="R5" s="124" t="s">
+        <v>86</v>
+      </c>
+      <c r="S5" s="124"/>
+      <c r="T5" s="124"/>
+      <c r="U5" s="124"/>
       <c r="V5" s="63"/>
     </row>
     <row r="6" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="44"/>
       <c r="B6" s="45">
         <f>Control_2 Open_time</f>
         <v>4.027777777777778E-2</v>
       </c>
       <c r="C6" s="45">
         <f>Control_2 Close_time</f>
         <v>9.0277777777777776E-2</v>
       </c>
-      <c r="D6" s="100" t="str">
+      <c r="D6" s="121" t="str">
         <f>IF(ISBLANK(Locale Control_2),"",Locale Control_2)</f>
         <v>North Vancouver, Myrtle Park</v>
       </c>
       <c r="E6" s="46" t="str">
         <f>IF(ISBLANK(Control_2 Establishment_1),"",Control_2 Establishment_1)</f>
         <v>Sign on outside wall of washrooms</v>
       </c>
       <c r="F6" s="85"/>
       <c r="G6" s="12"/>
       <c r="H6" s="40" t="s">
         <v>30</v>
       </c>
       <c r="K6" s="23"/>
-      <c r="M6" s="116" t="str">
+      <c r="M6" s="107" t="str">
         <f>IF(ISBLANK(Brevet_Description),"",Brevet_Description)</f>
         <v>See More than the Seymour Dam - Permanent #239, 203 km</v>
       </c>
-      <c r="N6" s="116"/>
-[...5 lines deleted...]
-      <c r="T6" s="116"/>
+      <c r="N6" s="107"/>
+      <c r="O6" s="107"/>
+      <c r="P6" s="107"/>
+      <c r="Q6" s="107"/>
+      <c r="R6" s="107"/>
+      <c r="S6" s="107"/>
+      <c r="T6" s="107"/>
     </row>
     <row r="7" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A7" s="52">
         <f>IF(ISBLANK(Distance Control_2),"",Control_2 Distance)</f>
         <v>32.6</v>
       </c>
       <c r="B7" s="53">
         <f>Control_2 Open_time</f>
         <v>4.027777777777778E-2</v>
       </c>
       <c r="C7" s="53">
         <f>Control_2 Close_time</f>
         <v>9.0277777777777776E-2</v>
       </c>
-      <c r="D7" s="101"/>
-      <c r="E7" s="96" t="str">
+      <c r="D7" s="122"/>
+      <c r="E7" s="119" t="str">
         <f>IF(ISBLANK(Control_2 Establishment_2),"",Control_2 Establishment_2)</f>
         <v>"S____   p____ users play at their own risk."</v>
       </c>
       <c r="F7" s="93" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="G7" s="12"/>
       <c r="H7" s="40" t="s">
         <v>30</v>
       </c>
       <c r="J7" s="24" t="s">
         <v>35</v>
       </c>
-      <c r="L7" s="110"/>
-[...4 lines deleted...]
-      <c r="Q7" s="110"/>
+      <c r="L7" s="117"/>
+      <c r="M7" s="117"/>
+      <c r="N7" s="117"/>
+      <c r="O7" s="117"/>
+      <c r="P7" s="117"/>
+      <c r="Q7" s="117"/>
       <c r="S7" s="65" t="s">
         <v>48</v>
       </c>
       <c r="T7" s="31"/>
       <c r="U7" s="30"/>
     </row>
     <row r="8" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="47"/>
       <c r="B8" s="48">
         <f>Control_2 Open_time</f>
         <v>4.027777777777778E-2</v>
       </c>
       <c r="C8" s="48">
         <f>Control_2 Close_time</f>
         <v>9.0277777777777776E-2</v>
       </c>
-      <c r="D8" s="102"/>
-      <c r="E8" s="97"/>
+      <c r="D8" s="123"/>
+      <c r="E8" s="120"/>
       <c r="F8" s="15"/>
       <c r="G8" s="14"/>
       <c r="H8" s="40" t="s">
         <v>30</v>
       </c>
       <c r="J8" s="24" t="s">
         <v>36</v>
       </c>
       <c r="K8" s="24"/>
       <c r="L8" s="81" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="M8" s="31"/>
       <c r="N8" s="31"/>
       <c r="O8" s="31"/>
       <c r="P8" s="31"/>
       <c r="Q8" s="31"/>
       <c r="R8" s="31"/>
       <c r="S8" s="31"/>
       <c r="T8" s="31"/>
       <c r="U8" s="28"/>
     </row>
     <row r="9" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="44"/>
       <c r="B9" s="45">
         <f>Control_3 Open_time</f>
         <v>6.805555555555555E-2</v>
       </c>
       <c r="C9" s="45">
         <f>Control_3 Close_time</f>
         <v>0.15486111111111112</v>
       </c>
-      <c r="D9" s="100" t="str">
+      <c r="D9" s="121" t="str">
         <f>IF(ISBLANK(Locale Control_3),"",Locale Control_3)</f>
         <v>North Vancouver, Seymour Dam gate</v>
       </c>
       <c r="E9" s="46" t="str">
         <f>IF(ISBLANK(Control_3 Establishment_1),"",Control_3 Establishment_1)</f>
         <v>Sign on gate</v>
       </c>
       <c r="F9" s="13"/>
       <c r="G9" s="12"/>
       <c r="H9" s="40" t="s">
         <v>30</v>
       </c>
       <c r="J9" s="24"/>
       <c r="K9" s="24"/>
       <c r="L9" s="41"/>
       <c r="M9" s="31"/>
       <c r="N9" s="31"/>
       <c r="O9" s="31"/>
       <c r="P9" s="31"/>
       <c r="Q9" s="31"/>
       <c r="R9" s="31"/>
       <c r="S9" s="31"/>
       <c r="T9" s="31"/>
       <c r="U9" s="28"/>
     </row>
     <row r="10" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="52">
         <f>IF(ISBLANK(Distance Control_3),"",Control_3 Distance)</f>
         <v>55.7</v>
       </c>
       <c r="B10" s="53">
         <f>Control_3 Open_time</f>
         <v>6.805555555555555E-2</v>
       </c>
       <c r="C10" s="89">
         <f>Control_3 Close_time</f>
         <v>0.15486111111111112</v>
       </c>
-      <c r="D10" s="101"/>
-      <c r="E10" s="98" t="str">
+      <c r="D10" s="122"/>
+      <c r="E10" s="125" t="str">
         <f>IF(ISBLANK(Control_3 Establishment_2),"",Control_3 Establishment_2)</f>
         <v>"Failure to do so may result in damage to the g___ and b___."</v>
       </c>
       <c r="F10" s="93" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="G10" s="12"/>
       <c r="H10" s="40" t="s">
         <v>30</v>
       </c>
       <c r="J10" s="24" t="s">
         <v>37</v>
       </c>
       <c r="K10" s="24"/>
       <c r="L10" s="41"/>
       <c r="M10" s="31"/>
       <c r="N10" s="31"/>
       <c r="O10" s="24"/>
       <c r="P10" s="24" t="s">
         <v>38</v>
       </c>
       <c r="Q10" s="24"/>
       <c r="R10" s="24"/>
       <c r="S10" s="68"/>
       <c r="T10" s="41"/>
       <c r="U10" s="28"/>
     </row>
     <row r="11" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="47"/>
       <c r="B11" s="48">
         <f>Control_3 Open_time</f>
         <v>6.805555555555555E-2</v>
       </c>
       <c r="C11" s="48">
         <f>Control_3 Close_time</f>
         <v>0.15486111111111112</v>
       </c>
-      <c r="D11" s="102"/>
-      <c r="E11" s="99"/>
+      <c r="D11" s="123"/>
+      <c r="E11" s="126"/>
       <c r="F11" s="15"/>
       <c r="G11" s="14"/>
       <c r="H11" s="40" t="s">
         <v>30</v>
       </c>
       <c r="J11" s="24" t="s">
         <v>39</v>
       </c>
       <c r="K11" s="24"/>
       <c r="L11" s="41"/>
       <c r="M11" s="31"/>
       <c r="N11" s="31"/>
       <c r="O11" s="24"/>
       <c r="P11" s="24" t="s">
         <v>40</v>
       </c>
       <c r="Q11" s="24"/>
       <c r="R11" s="24"/>
       <c r="S11" s="68"/>
       <c r="T11" s="41"/>
       <c r="U11" s="28"/>
     </row>
     <row r="12" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="44"/>
       <c r="B12" s="45">
         <f>Control_4 Open_time</f>
         <v>0.1451388888888889</v>
       </c>
       <c r="C12" s="45">
         <f>Control_4 Close_time</f>
         <v>0.32916666666666666</v>
       </c>
-      <c r="D12" s="100" t="str">
+      <c r="D12" s="121" t="str">
         <f>IF(ISBLANK(Locale Control_4),"",Locale Control_4)</f>
         <v>Richmond, Iona Park Washrooms</v>
       </c>
       <c r="E12" s="46" t="str">
         <f>IF(ISBLANK(Control_4 Establishment_1),"",Control_4 Establishment_1)</f>
         <v>Sign at drinking fountain</v>
       </c>
       <c r="F12" s="85"/>
       <c r="G12" s="12"/>
       <c r="H12" s="40" t="s">
         <v>30</v>
       </c>
       <c r="J12" s="24" t="s">
         <v>41</v>
       </c>
       <c r="L12" s="42"/>
       <c r="M12" s="38"/>
       <c r="N12" s="38"/>
       <c r="P12" s="24" t="s">
         <v>42</v>
       </c>
       <c r="Q12" s="24"/>
       <c r="R12" s="43"/>
       <c r="S12" s="25"/>
       <c r="T12" s="25"/>
       <c r="U12" s="29"/>
     </row>
     <row r="13" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="52">
         <f>IF(ISBLANK(Distance Control_4),"",Control_4 Distance)</f>
         <v>118.6</v>
       </c>
       <c r="B13" s="89">
         <f>Control_4 Open_time</f>
         <v>0.1451388888888889</v>
       </c>
       <c r="C13" s="53">
         <f>Control_4 Close_time</f>
         <v>0.32916666666666666</v>
       </c>
-      <c r="D13" s="101"/>
-      <c r="E13" s="96" t="str">
+      <c r="D13" s="122"/>
+      <c r="E13" s="119" t="str">
         <f>IF(ISBLANK(Control_4 Establishment_2),"",Control_4 Establishment_2)</f>
         <v>"s___ and m__" will clog the pipe.</v>
       </c>
       <c r="F13" s="93" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="G13" s="12"/>
       <c r="H13" s="40" t="s">
         <v>30</v>
       </c>
-      <c r="L13" s="123" t="s">
-[...10 lines deleted...]
-      <c r="U13" s="123"/>
+      <c r="L13" s="112" t="s">
+        <v>59</v>
+      </c>
+      <c r="M13" s="112"/>
+      <c r="N13" s="112"/>
+      <c r="O13" s="112"/>
+      <c r="P13" s="112"/>
+      <c r="Q13" s="112"/>
+      <c r="R13" s="112"/>
+      <c r="S13" s="112"/>
+      <c r="T13" s="112"/>
+      <c r="U13" s="112"/>
     </row>
     <row r="14" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A14" s="47"/>
       <c r="B14" s="48">
         <f>Control_4 Open_time</f>
         <v>0.1451388888888889</v>
       </c>
       <c r="C14" s="48">
         <f>Control_4 Close_time</f>
         <v>0.32916666666666666</v>
       </c>
-      <c r="D14" s="102"/>
-      <c r="E14" s="97"/>
+      <c r="D14" s="123"/>
+      <c r="E14" s="120"/>
       <c r="F14" s="15"/>
       <c r="G14" s="14"/>
       <c r="H14" s="40" t="s">
         <v>30</v>
       </c>
       <c r="J14" s="24"/>
-      <c r="L14" s="118"/>
-[...8 lines deleted...]
-      <c r="U14" s="119"/>
+      <c r="L14" s="108"/>
+      <c r="M14" s="108"/>
+      <c r="N14" s="108"/>
+      <c r="O14" s="108"/>
+      <c r="P14" s="108"/>
+      <c r="Q14" s="109"/>
+      <c r="R14" s="109"/>
+      <c r="S14" s="109"/>
+      <c r="T14" s="109"/>
+      <c r="U14" s="109"/>
     </row>
     <row r="15" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="44"/>
       <c r="B15" s="45">
         <f>Control_5 Open_time</f>
-        <v>0.20277777777777781</v>
+        <v>0.20277777777777778</v>
       </c>
       <c r="C15" s="45">
         <f>Control_5 Close_time</f>
-        <v>0.4604166666666667</v>
-[...1 lines deleted...]
-      <c r="D15" s="100" t="str">
+        <v>0.46041666666666664</v>
+      </c>
+      <c r="D15" s="121" t="str">
         <f>IF(ISBLANK(Locale Control_5),"",Locale Control_5)</f>
         <v>Delta, Burns Dr @ 64 St, bike path entrance</v>
       </c>
       <c r="E15" s="46" t="str">
         <f>IF(ISBLANK(Control_5 Establishment_1),"",Control_5 Establishment_1)</f>
         <v>Bright yellow sign</v>
       </c>
       <c r="F15" s="85"/>
       <c r="G15" s="12"/>
       <c r="H15" s="40" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="52">
         <f>IF(ISBLANK(Distance Control_5),"",Control_5 Distance)</f>
         <v>165.7</v>
       </c>
       <c r="B16" s="89">
         <f>Control_5 Open_time</f>
-        <v>0.20277777777777781</v>
+        <v>0.20277777777777778</v>
       </c>
       <c r="C16" s="53">
         <f>Control_5 Close_time</f>
-        <v>0.4604166666666667</v>
-[...2 lines deleted...]
-      <c r="E16" s="96" t="str">
+        <v>0.46041666666666664</v>
+      </c>
+      <c r="D16" s="122"/>
+      <c r="E16" s="119" t="str">
         <f>IF(ISBLANK(Control_5 Establishment_2),"",Control_5 Establishment_2)</f>
         <v>"Warning G___ P____"</v>
       </c>
       <c r="F16" s="93" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="G16" s="12"/>
       <c r="H16" s="40" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A17" s="47"/>
       <c r="B17" s="48">
         <f>Control_5 Open_time</f>
-        <v>0.20277777777777781</v>
+        <v>0.20277777777777778</v>
       </c>
       <c r="C17" s="48">
         <f>Control_5 Close_time</f>
-        <v>0.4604166666666667</v>
-[...2 lines deleted...]
-      <c r="E17" s="97"/>
+        <v>0.46041666666666664</v>
+      </c>
+      <c r="D17" s="123"/>
+      <c r="E17" s="120"/>
       <c r="F17" s="15"/>
       <c r="G17" s="14"/>
       <c r="H17" s="40" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="44"/>
       <c r="B18" s="45">
         <f>Control_6 Open_time</f>
         <v>0.25</v>
       </c>
       <c r="C18" s="45">
         <f>Control_6 Close_time</f>
         <v>0.5625</v>
       </c>
-      <c r="D18" s="100" t="str">
+      <c r="D18" s="121" t="str">
         <f>IF(ISBLANK(Locale Control_6),"",Locale Control_6)</f>
         <v>Vancouver, Ross St @ 43rd Ave</v>
       </c>
-      <c r="E18" s="103" t="str">
+      <c r="E18" s="127" t="str">
         <f>IF(ISBLANK(Control_6 Establishment_1),"",Control_6 Establishment_1)</f>
         <v>Initial upon completion.</v>
       </c>
       <c r="F18" s="85" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="G18" s="12"/>
       <c r="H18" s="40" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="52">
         <f>IF(ISBLANK(Distance Control_6),"",Control_6 Distance)</f>
         <v>203.7</v>
       </c>
       <c r="B19" s="89">
         <f>Control_6 Open_time</f>
         <v>0.25</v>
       </c>
       <c r="C19" s="53">
         <f>Control_6 Close_time</f>
         <v>0.5625</v>
       </c>
-      <c r="D19" s="101"/>
-      <c r="E19" s="96"/>
+      <c r="D19" s="122"/>
+      <c r="E19" s="119"/>
       <c r="F19" s="93" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="G19" s="12"/>
       <c r="H19" s="40" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="20" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A20" s="47"/>
       <c r="B20" s="48">
         <f>Control_6 Open_time</f>
         <v>0.25</v>
       </c>
       <c r="C20" s="48">
         <f>Control_6 Close_time</f>
         <v>0.5625</v>
       </c>
-      <c r="D20" s="102"/>
-      <c r="E20" s="97"/>
+      <c r="D20" s="123"/>
+      <c r="E20" s="120"/>
       <c r="F20" s="15"/>
       <c r="G20" s="14"/>
       <c r="H20" s="40" t="s">
         <v>30</v>
       </c>
       <c r="K20" s="57"/>
     </row>
     <row r="21" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A21" s="44"/>
       <c r="B21" s="45" t="str">
         <f>Control_7 Open_time</f>
         <v/>
       </c>
       <c r="C21" s="45" t="str">
         <f>Control_7 Close_time</f>
         <v/>
       </c>
       <c r="D21" s="51"/>
       <c r="E21" s="46" t="str">
         <f>IF(ISBLANK(Control_7 Establishment_1),"",Control_7 Establishment_1)</f>
         <v/>
       </c>
       <c r="F21" s="85"/>
       <c r="G21" s="12"/>
       <c r="H21" s="40" t="s">
@@ -3888,168 +3889,168 @@
       <c r="A22" s="52" t="str">
         <f>IF(ISBLANK(Distance Control_7),"",Control_7 Distance)</f>
         <v/>
       </c>
       <c r="B22" s="89" t="str">
         <f>Control_7 Open_time</f>
         <v/>
       </c>
       <c r="C22" s="53" t="str">
         <f>Control_7 Close_time</f>
         <v/>
       </c>
       <c r="D22" s="54" t="str">
         <f>IF(ISBLANK(Locale Control_7),"",Locale Control_7)</f>
         <v/>
       </c>
       <c r="E22" s="46" t="str">
         <f>IF(ISBLANK(Control_7 Establishment_2),"",Control_7 Establishment_2)</f>
         <v/>
       </c>
       <c r="F22" s="87"/>
       <c r="G22" s="12"/>
       <c r="H22" s="40" t="s">
         <v>30</v>
       </c>
-      <c r="J22" s="107" t="s">
+      <c r="J22" s="98" t="s">
         <v>46</v>
       </c>
-      <c r="K22" s="107"/>
-      <c r="L22" s="108" t="str">
+      <c r="K22" s="98"/>
+      <c r="L22" s="115" t="str">
         <f>IF(ISBLANK(Start_date),"",Start_date)</f>
         <v/>
       </c>
-      <c r="M22" s="108"/>
-      <c r="N22" s="108"/>
+      <c r="M22" s="115"/>
+      <c r="N22" s="115"/>
       <c r="P22" s="24" t="s">
         <v>0</v>
       </c>
       <c r="Q22" s="24"/>
-      <c r="S22" s="109">
+      <c r="S22" s="116">
         <f>'Control Entry'!B8</f>
         <v>0</v>
       </c>
-      <c r="T22" s="109"/>
-      <c r="U22" s="109"/>
+      <c r="T22" s="116"/>
+      <c r="U22" s="116"/>
     </row>
     <row r="23" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A23" s="47"/>
       <c r="B23" s="48" t="str">
         <f>Control_7 Open_time</f>
         <v/>
       </c>
       <c r="C23" s="48" t="str">
         <f>Control_7 Close_time</f>
         <v/>
       </c>
       <c r="D23" s="49"/>
       <c r="E23" s="50" t="str">
         <f>IF(ISBLANK(Control_7 Establishment_3),"",Control_7 Establishment_3)</f>
         <v/>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="14"/>
       <c r="H23" s="40" t="s">
         <v>30</v>
       </c>
-      <c r="J23" s="107"/>
-[...3 lines deleted...]
-      <c r="N23" s="106"/>
+      <c r="J23" s="98"/>
+      <c r="K23" s="98"/>
+      <c r="L23" s="114"/>
+      <c r="M23" s="114"/>
+      <c r="N23" s="114"/>
       <c r="P23" s="24"/>
       <c r="Q23" s="24"/>
-      <c r="S23" s="111"/>
-[...1 lines deleted...]
-      <c r="U23" s="111"/>
+      <c r="S23" s="118"/>
+      <c r="T23" s="118"/>
+      <c r="U23" s="118"/>
     </row>
     <row r="24" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A24" s="44"/>
       <c r="B24" s="45" t="str">
         <f>Control_8 Open_time</f>
         <v/>
       </c>
       <c r="C24" s="45" t="str">
         <f>Control_8 Close_time</f>
         <v/>
       </c>
       <c r="D24" s="51"/>
       <c r="E24" s="46" t="str">
         <f>IF(ISBLANK(Control_8 Establishment_1),"",Control_8 Establishment_1)</f>
         <v/>
       </c>
       <c r="F24" s="85"/>
       <c r="G24" s="12"/>
       <c r="H24" s="40" t="s">
         <v>30</v>
       </c>
-      <c r="J24" s="107" t="s">
+      <c r="J24" s="98" t="s">
         <v>47</v>
       </c>
-      <c r="K24" s="107"/>
-[...2 lines deleted...]
-      <c r="N24" s="121"/>
+      <c r="K24" s="98"/>
+      <c r="L24" s="110"/>
+      <c r="M24" s="110"/>
+      <c r="N24" s="110"/>
       <c r="P24" s="24" t="s">
         <v>1</v>
       </c>
       <c r="Q24" s="24"/>
-      <c r="S24" s="125"/>
-[...1 lines deleted...]
-      <c r="U24" s="125"/>
+      <c r="S24" s="97"/>
+      <c r="T24" s="97"/>
+      <c r="U24" s="97"/>
     </row>
     <row r="25" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="52" t="str">
         <f>IF(ISBLANK(Distance Control_8),"",Control_8 Distance)</f>
         <v/>
       </c>
       <c r="B25" s="89" t="str">
         <f>Control_8 Open_time</f>
         <v/>
       </c>
       <c r="C25" s="53" t="str">
         <f>Control_8 Close_time</f>
         <v/>
       </c>
       <c r="D25" s="54" t="str">
         <f>IF(ISBLANK(Locale Control_8),"",Locale Control_8)</f>
         <v/>
       </c>
       <c r="E25" s="83" t="str">
         <f>IF(ISBLANK(Control_8 Establishment_2),"",Control_8 Establishment_2)</f>
         <v/>
       </c>
       <c r="F25" s="87"/>
       <c r="G25" s="12"/>
       <c r="H25" s="40" t="s">
         <v>30</v>
       </c>
-      <c r="J25" s="107"/>
-[...3 lines deleted...]
-      <c r="N25" s="106"/>
+      <c r="J25" s="98"/>
+      <c r="K25" s="98"/>
+      <c r="L25" s="114"/>
+      <c r="M25" s="114"/>
+      <c r="N25" s="114"/>
       <c r="P25" s="24"/>
       <c r="Q25" s="24"/>
     </row>
     <row r="26" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A26" s="47"/>
       <c r="B26" s="48" t="str">
         <f>Control_8 Open_time</f>
         <v/>
       </c>
       <c r="C26" s="48" t="str">
         <f>Control_8 Close_time</f>
         <v/>
       </c>
       <c r="D26" s="49"/>
       <c r="E26" s="50" t="str">
         <f>IF(ISBLANK(Control_8 Establishment_3),"",Control_8 Establishment_3)</f>
         <v/>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="14"/>
       <c r="H26" s="40" t="s">
         <v>30</v>
       </c>
       <c r="J26" s="25"/>
       <c r="K26" s="25"/>
@@ -4062,149 +4063,149 @@
       <c r="Q26" s="24"/>
       <c r="S26" s="25"/>
       <c r="T26" s="25"/>
       <c r="U26" s="25"/>
     </row>
     <row r="27" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="44"/>
       <c r="B27" s="45" t="str">
         <f>Control_9 Open_time</f>
         <v/>
       </c>
       <c r="C27" s="45" t="str">
         <f>Control_9 Close_time</f>
         <v/>
       </c>
       <c r="D27" s="51"/>
       <c r="E27" s="46" t="str">
         <f>IF(ISBLANK(Control_9 Establishment_1),"",Control_9 Establishment_1)</f>
         <v/>
       </c>
       <c r="F27" s="85"/>
       <c r="G27" s="12"/>
       <c r="H27" s="40" t="s">
         <v>30</v>
       </c>
-      <c r="J27" s="124" t="s">
+      <c r="J27" s="96" t="s">
         <v>17</v>
       </c>
-      <c r="K27" s="124"/>
-[...2 lines deleted...]
-      <c r="N27" s="124"/>
+      <c r="K27" s="96"/>
+      <c r="L27" s="96"/>
+      <c r="M27" s="96"/>
+      <c r="N27" s="96"/>
       <c r="O27" s="74"/>
-      <c r="P27" s="117"/>
-      <c r="Q27" s="117"/>
+      <c r="P27" s="100"/>
+      <c r="Q27" s="100"/>
       <c r="R27" s="74"/>
-      <c r="S27" s="120"/>
-[...2 lines deleted...]
-      <c r="V27" s="120"/>
+      <c r="S27" s="101"/>
+      <c r="T27" s="101"/>
+      <c r="U27" s="101"/>
+      <c r="V27" s="101"/>
     </row>
     <row r="28" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="52" t="str">
         <f>IF(ISBLANK(Distance Control_9),"",Control_9 Distance)</f>
         <v/>
       </c>
       <c r="B28" s="53" t="str">
         <f>Control_9 Open_time</f>
         <v/>
       </c>
       <c r="C28" s="53" t="str">
         <f>Control_9 Close_time</f>
         <v/>
       </c>
       <c r="D28" s="54" t="str">
         <f>IF(ISBLANK(Locale Control_9),"",Locale Control_9)</f>
         <v/>
       </c>
       <c r="E28" s="46" t="str">
         <f>IF(ISBLANK(Control_9 Establishment_2),"",Control_9 Establishment_2)</f>
         <v/>
       </c>
       <c r="F28" s="87"/>
       <c r="G28" s="12"/>
       <c r="H28" s="40" t="s">
         <v>30</v>
       </c>
-      <c r="K28" s="114" t="s">
+      <c r="K28" s="105" t="s">
+        <v>57</v>
+      </c>
+      <c r="L28" s="105"/>
+      <c r="M28" s="73" t="s">
         <v>58</v>
       </c>
-      <c r="L28" s="114"/>
-[...3 lines deleted...]
-      <c r="N28" s="117" t="s">
+      <c r="N28" s="100" t="s">
+        <v>50</v>
+      </c>
+      <c r="O28" s="100"/>
+      <c r="P28" s="100" t="s">
         <v>51</v>
       </c>
-      <c r="O28" s="117"/>
-      <c r="P28" s="117" t="s">
+      <c r="Q28" s="100"/>
+      <c r="R28" s="74" t="s">
         <v>52</v>
       </c>
-      <c r="Q28" s="117"/>
-      <c r="R28" s="74" t="s">
+      <c r="S28" s="101" t="s">
         <v>53</v>
       </c>
-      <c r="S28" s="120" t="s">
+      <c r="T28" s="101"/>
+      <c r="U28" s="101" t="s">
         <v>54</v>
       </c>
-      <c r="T28" s="120"/>
-[...3 lines deleted...]
-      <c r="V28" s="120"/>
+      <c r="V28" s="101"/>
     </row>
     <row r="29" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A29" s="47"/>
       <c r="B29" s="48" t="str">
         <f>Control_9 Open_time</f>
         <v/>
       </c>
       <c r="C29" s="48" t="str">
         <f>Control_9 Close_time</f>
         <v/>
       </c>
       <c r="D29" s="49"/>
       <c r="E29" s="50" t="str">
         <f>IF(ISBLANK(Control_9 Establishment_3),"",Control_9 Establishment_3)</f>
         <v/>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="14"/>
       <c r="H29" s="40" t="s">
         <v>30</v>
       </c>
-      <c r="M29" s="126" t="s">
+      <c r="M29" s="99" t="s">
         <v>43</v>
       </c>
-      <c r="N29" s="126"/>
-[...5 lines deleted...]
-      <c r="T29" s="126"/>
+      <c r="N29" s="99"/>
+      <c r="O29" s="99"/>
+      <c r="P29" s="99"/>
+      <c r="Q29" s="99"/>
+      <c r="R29" s="99"/>
+      <c r="S29" s="99"/>
+      <c r="T29" s="99"/>
       <c r="U29" s="86"/>
     </row>
     <row r="30" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="44"/>
       <c r="B30" s="45" t="str">
         <f>Control_10 Open_time</f>
         <v/>
       </c>
       <c r="C30" s="45" t="str">
         <f>Control_10 Close_time</f>
         <v/>
       </c>
       <c r="D30" s="51"/>
       <c r="E30" s="46" t="str">
         <f>IF(ISBLANK(Control_10 Establishment_1),"",Control_10 Establishment_1)</f>
         <v/>
       </c>
       <c r="F30" s="85"/>
       <c r="G30" s="12"/>
       <c r="H30" s="40" t="s">
         <v>30</v>
       </c>
       <c r="M30" s="26"/>
       <c r="N30" s="32"/>
       <c r="O30" s="32"/>
@@ -4252,154 +4253,154 @@
       </c>
       <c r="C32" s="48" t="str">
         <f>Control_10 Close_time</f>
         <v/>
       </c>
       <c r="D32" s="49"/>
       <c r="E32" s="50" t="str">
         <f>IF(ISBLANK(Control_10 Establishment_3),"",Control_10 Establishment_3)</f>
         <v/>
       </c>
       <c r="F32" s="84"/>
       <c r="G32" s="14"/>
       <c r="H32" s="40" t="s">
         <v>30</v>
       </c>
       <c r="M32" s="82"/>
       <c r="N32" s="25"/>
       <c r="O32" s="25"/>
       <c r="P32" s="35"/>
       <c r="Q32" s="25"/>
       <c r="R32" s="25"/>
       <c r="S32" s="25"/>
       <c r="T32" s="35"/>
     </row>
     <row r="33" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="113" t="s">
+      <c r="A33" s="104" t="s">
         <v>44</v>
       </c>
-      <c r="B33" s="113"/>
-[...4 lines deleted...]
-      <c r="G33" s="113"/>
+      <c r="B33" s="104"/>
+      <c r="C33" s="104"/>
+      <c r="D33" s="104"/>
+      <c r="E33" s="104"/>
+      <c r="F33" s="104"/>
+      <c r="G33" s="104"/>
       <c r="H33" s="56"/>
       <c r="I33" s="56"/>
-      <c r="N33" s="127"/>
-[...6 lines deleted...]
-      <c r="U33" s="127"/>
+      <c r="N33" s="102"/>
+      <c r="O33" s="102"/>
+      <c r="P33" s="102"/>
+      <c r="Q33" s="102"/>
+      <c r="R33" s="102"/>
+      <c r="S33" s="102"/>
+      <c r="T33" s="102"/>
+      <c r="U33" s="102"/>
       <c r="V33" s="72"/>
     </row>
     <row r="34" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34"/>
       <c r="O34" s="24"/>
       <c r="P34" s="24"/>
       <c r="Q34" s="24"/>
       <c r="R34" s="69"/>
     </row>
     <row r="35" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35"/>
-      <c r="N35" s="126"/>
-[...6 lines deleted...]
-      <c r="U35" s="126"/>
+      <c r="N35" s="99"/>
+      <c r="O35" s="99"/>
+      <c r="P35" s="99"/>
+      <c r="Q35" s="99"/>
+      <c r="R35" s="99"/>
+      <c r="S35" s="99"/>
+      <c r="T35" s="99"/>
+      <c r="U35" s="99"/>
     </row>
     <row r="36" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A36"/>
     </row>
     <row r="37" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A37"/>
     </row>
     <row r="38" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38"/>
       <c r="N38" s="24"/>
     </row>
     <row r="39" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A39"/>
     </row>
     <row r="40" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A40"/>
     </row>
   </sheetData>
   <mergeCells count="47">
-    <mergeCell ref="J27:N27"/>
-[...8 lines deleted...]
-    <mergeCell ref="N33:U33"/>
+    <mergeCell ref="E16:E17"/>
+    <mergeCell ref="E13:E14"/>
+    <mergeCell ref="E10:E11"/>
+    <mergeCell ref="D15:D17"/>
+    <mergeCell ref="D18:D20"/>
+    <mergeCell ref="D9:D11"/>
+    <mergeCell ref="D12:D14"/>
+    <mergeCell ref="E18:E20"/>
+    <mergeCell ref="E7:E8"/>
+    <mergeCell ref="E4:E5"/>
+    <mergeCell ref="D3:D5"/>
+    <mergeCell ref="D6:D8"/>
+    <mergeCell ref="R5:U5"/>
+    <mergeCell ref="L23:N23"/>
+    <mergeCell ref="L22:N22"/>
+    <mergeCell ref="J22:K22"/>
+    <mergeCell ref="S22:U22"/>
+    <mergeCell ref="L7:Q7"/>
+    <mergeCell ref="S23:U23"/>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A33:G33"/>
     <mergeCell ref="M4:T4"/>
     <mergeCell ref="N3:S3"/>
     <mergeCell ref="M6:T6"/>
     <mergeCell ref="J23:K23"/>
     <mergeCell ref="P27:Q27"/>
     <mergeCell ref="L14:P14"/>
     <mergeCell ref="Q14:U14"/>
     <mergeCell ref="S27:T27"/>
     <mergeCell ref="U27:V27"/>
     <mergeCell ref="L24:N24"/>
     <mergeCell ref="N5:O5"/>
     <mergeCell ref="K28:L28"/>
     <mergeCell ref="L13:U13"/>
     <mergeCell ref="K2:U2"/>
+    <mergeCell ref="J27:N27"/>
+    <mergeCell ref="S24:U24"/>
+    <mergeCell ref="J25:K25"/>
+    <mergeCell ref="N35:U35"/>
+    <mergeCell ref="M29:T29"/>
+    <mergeCell ref="N28:O28"/>
+    <mergeCell ref="P28:Q28"/>
+    <mergeCell ref="S28:T28"/>
+    <mergeCell ref="U28:V28"/>
+    <mergeCell ref="N33:U33"/>
     <mergeCell ref="L25:N25"/>
     <mergeCell ref="J24:K24"/>
-    <mergeCell ref="L23:N23"/>
-[...17 lines deleted...]
-    <mergeCell ref="E18:E20"/>
   </mergeCells>
   <phoneticPr fontId="16" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.2" header="0.51" footer="0.51"/>
   <pageSetup scale="46" orientation="landscape" horizontalDpi="4294967292" verticalDpi="4294967292" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="100"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>