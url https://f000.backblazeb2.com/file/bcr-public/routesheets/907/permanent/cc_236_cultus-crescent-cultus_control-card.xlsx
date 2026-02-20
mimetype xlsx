--- v0 (2025-12-05)
+++ v1 (2026-02-20)
@@ -7,60 +7,60 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="10811"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="11122"/>
   <workbookPr showInkAnnotation="0" autoCompressPictures="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/Eric/Desktop/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/Eric/Documents/Eric/randonneur cycling /permanents /control-cards/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DECF02A8-734C-C746-A88A-8D558E9AE418}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DDD26326-65FB-A447-B9B9-17F8D2D426D9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="500" windowWidth="25600" windowHeight="15540" tabRatio="509" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="500" windowWidth="26640" windowHeight="16580" tabRatio="509" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Control Entry" sheetId="1" r:id="rId1"/>
     <sheet name="Control Card #1" sheetId="2" r:id="rId2"/>
     <sheet name="Control Card #2" sheetId="3" r:id="rId3"/>
     <sheet name="Control Card #3" sheetId="4" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="Address_1" localSheetId="2">#REF!</definedName>
     <definedName name="Address_1" localSheetId="3">#REF!</definedName>
     <definedName name="Address_1">#REF!</definedName>
     <definedName name="Address_2" localSheetId="2">#REF!</definedName>
     <definedName name="Address_2" localSheetId="3">#REF!</definedName>
     <definedName name="Address_2">#REF!</definedName>
     <definedName name="brevet">'Control Entry'!$C$5</definedName>
     <definedName name="Brevet_Description">'Control Entry'!$B$7</definedName>
     <definedName name="Brevet_Length">'Control Entry'!$B$5</definedName>
     <definedName name="Brevet_Number">'Control Entry'!$B$8</definedName>
     <definedName name="City" localSheetId="2">#REF!</definedName>
     <definedName name="City" localSheetId="3">#REF!</definedName>
     <definedName name="City">#REF!</definedName>
     <definedName name="Close">'Control Entry'!$M$14:$M$23</definedName>
     <definedName name="Close_time">'Control Entry'!$O$14:$O$23</definedName>
     <definedName name="Control_1">'Control Entry'!$D$14:$O$14</definedName>
     <definedName name="Control_10">'Control Entry'!$D$23:$O$23</definedName>
@@ -4153,51 +4153,51 @@
       </c>
       <c r="F17" s="70"/>
       <c r="G17" s="70" t="s">
         <v>48</v>
       </c>
       <c r="H17" s="71"/>
       <c r="I17" s="75"/>
       <c r="J17" s="75" t="s">
         <v>49</v>
       </c>
       <c r="K17" s="76"/>
       <c r="L17">
         <f t="shared" ref="L17:L23" si="1">IF(ISBLANK(Distance),"",IF(Distance&gt;1000,(Distance-1000)/26+33.0847,(IF(Distance&gt;600,(Distance-600)/28+18.799,(IF(Distance&gt;400,(Distance-400)/30+12.1324,(IF(Distance&gt;200,(Distance-200)/32+5.8824,Distance/34))))))))</f>
         <v>3.5617647058823527</v>
       </c>
       <c r="M17">
         <f t="shared" si="0"/>
         <v>8.0733333333333324</v>
       </c>
       <c r="N17" s="5">
         <f>IF(ISBLANK(Distance),"",Open_time Control_1+(INT(Open)&amp;":"&amp;IF(ROUND(((Open-INT(Open))*60),0)&lt;10,0,"")&amp;ROUND(((Open-INT(Open))*60),0)))</f>
         <v>0.14861111111111111</v>
       </c>
       <c r="O17" s="5">
         <f>IF(ISBLANK(Distance),"",Open_time Control_1+(INT(Close)&amp;":"&amp;IF(ROUND(((Close-INT(Close))*60),0)&lt;10,0,"")&amp;ROUND(((Close-INT(Close))*60),0)))</f>
-        <v>0.33611111111111108</v>
+        <v>0.33611111111111114</v>
       </c>
     </row>
     <row r="18" spans="2:17" ht="17" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="81"/>
       <c r="C18" s="3" t="s">
         <v>50</v>
       </c>
       <c r="D18" s="25">
         <v>160.1</v>
       </c>
       <c r="E18" s="69" t="s">
         <v>51</v>
       </c>
       <c r="F18" s="70"/>
       <c r="G18" s="70" t="s">
         <v>45</v>
       </c>
       <c r="H18" s="71"/>
       <c r="I18" s="75"/>
       <c r="J18" s="75"/>
       <c r="K18" s="77"/>
       <c r="L18">
         <f t="shared" si="1"/>
         <v>4.7088235294117649</v>
       </c>
@@ -4222,51 +4222,51 @@
       </c>
       <c r="D19" s="25">
         <v>200.6</v>
       </c>
       <c r="E19" s="69" t="s">
         <v>36</v>
       </c>
       <c r="F19" s="70"/>
       <c r="G19" s="70" t="s">
         <v>53</v>
       </c>
       <c r="H19" s="71"/>
       <c r="I19" s="75"/>
       <c r="J19" s="75"/>
       <c r="K19" s="76"/>
       <c r="L19">
         <f t="shared" si="1"/>
         <v>5.9011499999999995</v>
       </c>
       <c r="M19">
         <f t="shared" si="0"/>
         <v>13.5</v>
       </c>
       <c r="N19" s="5">
         <f>IF(ISBLANK(Distance),"",Open_time Control_1+(INT(Open)&amp;":"&amp;IF(ROUND(((Open-INT(Open))*60),0)&lt;10,0,"")&amp;ROUND(((Open-INT(Open))*60),0)))</f>
-        <v>0.24583333333333335</v>
+        <v>0.24583333333333332</v>
       </c>
       <c r="O19" s="5">
         <f>IF(ISBLANK(Distance),"",Open_time Control_1+(INT(Close)&amp;":"&amp;IF(ROUND(((Close-INT(Close))*60),0)&lt;10,0,"")&amp;ROUND(((Close-INT(Close))*60),0)))</f>
         <v>0.5625</v>
       </c>
     </row>
     <row r="20" spans="2:17" ht="17" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="81"/>
       <c r="C20" s="3" t="s">
         <v>54</v>
       </c>
       <c r="D20" s="25"/>
       <c r="E20" s="69"/>
       <c r="F20" s="70"/>
       <c r="G20" s="70"/>
       <c r="H20" s="71"/>
       <c r="I20" s="75"/>
       <c r="J20" s="75"/>
       <c r="K20" s="76"/>
       <c r="L20" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="M20" t="str">
         <f t="shared" si="0"/>
@@ -5034,51 +5034,51 @@
     <mergeCell ref="I25:K25"/>
   </mergeCells>
   <phoneticPr fontId="16" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967292" verticalDpi="4294967292"/>
   <headerFooter>
     <oddHeader>&amp;A</oddHeader>
     <oddFooter>Page &amp;P</oddFooter>
   </headerFooter>
   <legacyDrawing r:id="rId1"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:V40"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="92" zoomScaleNormal="92" zoomScalePageLayoutView="92" workbookViewId="0">
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="75" zoomScaleNormal="75" zoomScalePageLayoutView="92" workbookViewId="0">
       <selection activeCell="L8" sqref="L8:Q8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="13" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="8.5" style="1" customWidth="1"/>
     <col min="2" max="2" width="11.5" customWidth="1"/>
     <col min="3" max="3" width="11.6640625" customWidth="1"/>
     <col min="4" max="4" width="18" customWidth="1"/>
     <col min="5" max="5" width="23.83203125" customWidth="1"/>
     <col min="6" max="6" width="42" customWidth="1"/>
     <col min="7" max="7" width="13.5" customWidth="1"/>
     <col min="8" max="8" width="8" customWidth="1"/>
     <col min="9" max="9" width="12" customWidth="1"/>
     <col min="18" max="19" width="8.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" ht="21" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A1" s="121" t="s">
         <v>62</v>
       </c>
       <c r="B1" s="121"/>
       <c r="C1" s="121"/>
       <c r="D1" s="121"/>
       <c r="E1" s="121"/>
@@ -5465,135 +5465,135 @@
       <c r="J11" s="15" t="s">
         <v>75</v>
       </c>
       <c r="K11" s="15"/>
       <c r="L11" s="115"/>
       <c r="M11" s="115"/>
       <c r="N11" s="115"/>
       <c r="O11" s="15"/>
       <c r="P11" s="15" t="s">
         <v>76</v>
       </c>
       <c r="Q11" s="15"/>
       <c r="R11" s="15"/>
       <c r="S11" s="139"/>
       <c r="T11" s="139"/>
       <c r="U11" s="139"/>
     </row>
     <row r="12" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="27"/>
       <c r="B12" s="28">
         <f>Control_4 Open_time</f>
         <v>0.14861111111111111</v>
       </c>
       <c r="C12" s="28">
         <f>Control_4 Close_time</f>
-        <v>0.33611111111111108</v>
+        <v>0.33611111111111114</v>
       </c>
       <c r="D12" s="35"/>
       <c r="E12" s="30" t="str">
         <f>IF(ISBLANK(Control_4 Establishment_1),"",Control_4 Establishment_1)</f>
         <v/>
       </c>
       <c r="F12" s="96" t="str">
         <f>IF(ISBLANK('Control Entry'!I17),"",'Control Entry'!I17)</f>
         <v/>
       </c>
       <c r="G12" s="97"/>
       <c r="H12" s="26" t="s">
         <v>63</v>
       </c>
       <c r="J12" s="15" t="s">
         <v>77</v>
       </c>
       <c r="K12" s="15"/>
       <c r="L12" s="115"/>
       <c r="M12" s="115"/>
       <c r="N12" s="115"/>
       <c r="O12" s="15"/>
       <c r="P12" s="15" t="s">
         <v>78</v>
       </c>
       <c r="Q12" s="15"/>
       <c r="R12" s="15"/>
       <c r="S12" s="139"/>
       <c r="T12" s="139"/>
       <c r="U12" s="139"/>
     </row>
     <row r="13" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="36">
         <f>IF(ISBLANK(Distance Control_4),"",Control_4 Distance)</f>
         <v>121.1</v>
       </c>
       <c r="B13" s="37">
         <f>Control_4 Open_time</f>
         <v>0.14861111111111111</v>
       </c>
       <c r="C13" s="37">
         <f>Control_4 Close_time</f>
-        <v>0.33611111111111108</v>
+        <v>0.33611111111111114</v>
       </c>
       <c r="D13" s="38" t="str">
         <f>IF(ISBLANK(Locale Control_4),"",Locale Control_4)</f>
         <v>Derby Reach Histrict House</v>
       </c>
       <c r="E13" s="30" t="str">
         <f>IF(ISBLANK(Control_4 Establishment_2),"",Control_4 Establishment_2)</f>
         <v>First word, bottom line on entrance sign is</v>
       </c>
       <c r="F13" s="96" t="str">
         <f>IF(ISBLANK('Control Entry'!J17),"",'Control Entry'!J17)</f>
         <v>_____________AREA</v>
       </c>
       <c r="G13" s="97"/>
       <c r="H13" s="26" t="s">
         <v>63</v>
       </c>
       <c r="J13" s="15" t="s">
         <v>79</v>
       </c>
       <c r="L13" s="138"/>
       <c r="M13" s="138"/>
       <c r="N13" s="138"/>
       <c r="P13" s="15" t="s">
         <v>80</v>
       </c>
       <c r="Q13" s="15"/>
       <c r="R13" s="140"/>
       <c r="S13" s="140"/>
       <c r="T13" s="140"/>
       <c r="U13" s="140"/>
     </row>
     <row r="14" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A14" s="31"/>
       <c r="B14" s="32">
         <f>Control_4 Open_time</f>
         <v>0.14861111111111111</v>
       </c>
       <c r="C14" s="32">
         <f>Control_4 Close_time</f>
-        <v>0.33611111111111108</v>
+        <v>0.33611111111111114</v>
       </c>
       <c r="D14" s="33"/>
       <c r="E14" s="34" t="str">
         <f>IF(ISBLANK(Control_4 Establishment_3),"",Control_4 Establishment_3)</f>
         <v/>
       </c>
       <c r="F14" s="99" t="str">
         <f>IF(ISBLANK('Control Entry'!K17),"",'Control Entry'!K17)</f>
         <v/>
       </c>
       <c r="G14" s="100"/>
       <c r="H14" s="26" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="15" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="27"/>
       <c r="B15" s="28">
         <f>Control_5 Open_time</f>
         <v>0.19652777777777777</v>
       </c>
       <c r="C15" s="28">
         <f>Control_5 Close_time</f>
         <v>0.44444444444444442</v>
       </c>
@@ -5670,105 +5670,105 @@
         <f>Control_5 Open_time</f>
         <v>0.19652777777777777</v>
       </c>
       <c r="C17" s="32">
         <f>Control_5 Close_time</f>
         <v>0.44444444444444442</v>
       </c>
       <c r="D17" s="33"/>
       <c r="E17" s="34" t="str">
         <f>IF(ISBLANK(Control_5 Establishment_3),"",Control_5 Establishment_3)</f>
         <v/>
       </c>
       <c r="F17" s="101" t="str">
         <f>IF(ISBLANK('Control Entry'!K18),"",'Control Entry'!K18)</f>
         <v/>
       </c>
       <c r="G17" s="100"/>
       <c r="H17" s="26" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="18" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="27"/>
       <c r="B18" s="28">
         <f>Control_6 Open_time</f>
-        <v>0.24583333333333335</v>
+        <v>0.24583333333333332</v>
       </c>
       <c r="C18" s="28">
         <f>Control_6 Close_time</f>
         <v>0.5625</v>
       </c>
       <c r="D18" s="35"/>
       <c r="E18" s="30" t="str">
         <f>IF(ISBLANK(Control_6 Establishment_1),"",Control_6 Establishment_1)</f>
         <v/>
       </c>
       <c r="F18" s="96" t="str">
         <f>IF(ISBLANK('Control Entry'!I19),"",'Control Entry'!I19)</f>
         <v/>
       </c>
       <c r="G18" s="97"/>
       <c r="H18" s="26" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="19" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="36">
         <f>IF(ISBLANK(Distance Control_6),"",Control_6 Distance)</f>
         <v>200.6</v>
       </c>
       <c r="B19" s="37">
         <f>Control_6 Open_time</f>
-        <v>0.24583333333333335</v>
+        <v>0.24583333333333332</v>
       </c>
       <c r="C19" s="37">
         <f>Control_6 Close_time</f>
         <v>0.5625</v>
       </c>
       <c r="D19" s="38" t="str">
         <f>IF(ISBLANK(Locale Control_6),"",Locale Control_6)</f>
         <v xml:space="preserve">Cultus Lake Rd/Sunnyside Rd </v>
       </c>
       <c r="E19" s="30" t="str">
         <f>IF(ISBLANK(Control_6 Establishment_2),"",Control_6 Establishment_2)</f>
         <v xml:space="preserve">Esso Station </v>
       </c>
       <c r="F19" s="96" t="str">
         <f>IF(ISBLANK('Control Entry'!J19),"",'Control Entry'!J19)</f>
         <v/>
       </c>
       <c r="G19" s="97"/>
       <c r="H19" s="26" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="20" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A20" s="31"/>
       <c r="B20" s="32">
         <f>Control_6 Open_time</f>
-        <v>0.24583333333333335</v>
+        <v>0.24583333333333332</v>
       </c>
       <c r="C20" s="32">
         <f>Control_6 Close_time</f>
         <v>0.5625</v>
       </c>
       <c r="D20" s="33"/>
       <c r="E20" s="34" t="str">
         <f>IF(ISBLANK(Control_6 Establishment_3),"",Control_6 Establishment_3)</f>
         <v/>
       </c>
       <c r="F20" s="101" t="str">
         <f>IF(ISBLANK('Control Entry'!K19),"",'Control Entry'!K19)</f>
         <v/>
       </c>
       <c r="G20" s="100"/>
       <c r="H20" s="26" t="s">
         <v>63</v>
       </c>
       <c r="J20" s="53" t="s">
         <v>82</v>
       </c>
       <c r="K20" s="53"/>
       <c r="L20" s="137" t="str">
         <f>IF(ISBLANK('Control Entry'!B11),"",'Control Entry'!B11)</f>
         <v/>