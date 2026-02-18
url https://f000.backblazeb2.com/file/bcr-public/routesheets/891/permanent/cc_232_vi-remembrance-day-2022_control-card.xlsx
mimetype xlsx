--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -16,51 +16,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="10116"/>
   <workbookPr showInkAnnotation="0" autoCompressPictures="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/Eric/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AF62856B-1C49-1E45-8FB2-DF1E6D10ECFF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B02615C3-75AE-D141-992C-969F3BF072D7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="500" windowWidth="32260" windowHeight="22200" tabRatio="509" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Control Entry" sheetId="1" r:id="rId1"/>
     <sheet name="Control Card #1" sheetId="2" r:id="rId2"/>
     <sheet name="Control Card #2" sheetId="3" r:id="rId3"/>
     <sheet name="Control Card #3" sheetId="4" r:id="rId4"/>
     <sheet name="Control Card #4" sheetId="5" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="Address_1" localSheetId="2">#REF!</definedName>
     <definedName name="Address_1" localSheetId="3">#REF!</definedName>
     <definedName name="Address_1" localSheetId="4">#REF!</definedName>
     <definedName name="Address_1">#REF!</definedName>
     <definedName name="Address_2" localSheetId="2">#REF!</definedName>
     <definedName name="Address_2" localSheetId="3">#REF!</definedName>
     <definedName name="Address_2" localSheetId="4">#REF!</definedName>
     <definedName name="Address_2">#REF!</definedName>
     <definedName name="brevet">'Control Entry'!$C$6</definedName>
     <definedName name="Brevet_Description">'Control Entry'!$B$8</definedName>
     <definedName name="Brevet_Length">'Control Entry'!$B$6</definedName>
     <definedName name="Brevet_Number">'Control Entry'!$B$9</definedName>
     <definedName name="City" localSheetId="2">#REF!</definedName>
     <definedName name="City" localSheetId="3">#REF!</definedName>
@@ -3063,155 +3063,155 @@
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="15" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="12" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="168" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="15" fontId="0" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="168" fontId="10" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="18" fontId="23" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="168" fontId="10" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="169" fontId="12" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
-    </xf>
-[...59 lines deleted...]
-      <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="168" fontId="10" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="356">
     <cellStyle name="Followed Hyperlink" xfId="2" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="4" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="6" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="8" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="10" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="12" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="14" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="16" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="18" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="20" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="22" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="24" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="26" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="28" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="30" builtinId="9" hidden="1"/>
@@ -6219,261 +6219,261 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:V40"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScalePageLayoutView="92" workbookViewId="0">
       <selection activeCell="L8" sqref="L8:Q8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="13" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="8.5" style="1" customWidth="1"/>
     <col min="2" max="2" width="11.5" customWidth="1"/>
     <col min="3" max="3" width="11.6640625" customWidth="1"/>
     <col min="4" max="4" width="18" customWidth="1"/>
     <col min="5" max="5" width="23.83203125" customWidth="1"/>
     <col min="6" max="6" width="42" customWidth="1"/>
     <col min="7" max="7" width="13.5" customWidth="1"/>
     <col min="8" max="8" width="8" customWidth="1"/>
     <col min="9" max="9" width="12" customWidth="1"/>
     <col min="18" max="19" width="8.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" ht="21" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="122" t="s">
+      <c r="A1" s="114" t="s">
         <v>80</v>
       </c>
-      <c r="B1" s="122"/>
-[...4 lines deleted...]
-      <c r="G1" s="122"/>
+      <c r="B1" s="114"/>
+      <c r="C1" s="114"/>
+      <c r="D1" s="114"/>
+      <c r="E1" s="114"/>
+      <c r="F1" s="114"/>
+      <c r="G1" s="114"/>
       <c r="H1" s="24" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="2" spans="1:22" ht="33.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A2" s="65" t="s">
         <v>30</v>
       </c>
       <c r="B2" s="9" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="9" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E2" s="9" t="s">
         <v>31</v>
       </c>
       <c r="F2" s="9" t="s">
         <v>59</v>
       </c>
       <c r="G2" s="65" t="s">
         <v>32</v>
       </c>
       <c r="H2" s="24" t="s">
         <v>29</v>
       </c>
-      <c r="K2" s="126" t="s">
+      <c r="K2" s="113" t="s">
         <v>55</v>
       </c>
-      <c r="L2" s="126"/>
-[...8 lines deleted...]
-      <c r="U2" s="126"/>
+      <c r="L2" s="113"/>
+      <c r="M2" s="113"/>
+      <c r="N2" s="113"/>
+      <c r="O2" s="113"/>
+      <c r="P2" s="113"/>
+      <c r="Q2" s="113"/>
+      <c r="R2" s="113"/>
+      <c r="S2" s="113"/>
+      <c r="T2" s="113"/>
+      <c r="U2" s="113"/>
     </row>
     <row r="3" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A3" s="25"/>
       <c r="B3" s="26">
         <f>Control_1 Open_time</f>
         <v>0</v>
       </c>
       <c r="C3" s="26">
         <f>Control_1 Close_time</f>
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="D3" s="27"/>
       <c r="E3" s="28" t="str">
         <f>IF(ISBLANK(Control_1 Establishment_1),"",Control_1 Establishment_1)</f>
         <v>STAFFED</v>
       </c>
       <c r="F3" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!I15),"",'Control Entry'!I15)</f>
         <v/>
       </c>
       <c r="G3" s="85"/>
       <c r="H3" s="24" t="s">
         <v>29</v>
       </c>
       <c r="K3" s="14"/>
-      <c r="O3" s="111" t="s">
+      <c r="O3" s="131" t="s">
         <v>33</v>
       </c>
-      <c r="P3" s="111"/>
-[...1 lines deleted...]
-      <c r="R3" s="111"/>
+      <c r="P3" s="131"/>
+      <c r="Q3" s="131"/>
+      <c r="R3" s="131"/>
       <c r="S3" s="75" t="str">
         <f>IF('Control Entry'!D28=0,"","#1")</f>
         <v>#1</v>
       </c>
       <c r="U3" s="38"/>
     </row>
     <row r="4" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="34">
         <f>IF(ISBLANK(Distance Control_1),"",Control_1 Distance)</f>
         <v>0</v>
       </c>
       <c r="B4" s="35">
         <f>Control_1 Open_time</f>
         <v>0</v>
       </c>
       <c r="C4" s="35">
         <f>Control_1 Close_time</f>
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="D4" s="36" t="str">
         <f>IF(ISBLANK(Locale Control_1),"",Locale Control_1)</f>
         <v>VICTORIA</v>
       </c>
       <c r="E4" s="28" t="str">
         <f>IF(ISBLANK(Control_1 Establishment_2),"",Control_1 Establishment_2)</f>
         <v>BC Indians War Memorial</v>
       </c>
       <c r="F4" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!J15),"",'Control Entry'!J15)</f>
         <v/>
       </c>
       <c r="G4" s="85"/>
       <c r="H4" s="24" t="s">
         <v>29</v>
       </c>
       <c r="K4" s="14"/>
-      <c r="M4" s="108" t="str">
+      <c r="M4" s="116" t="str">
         <f>IF(ISBLANK(brevet),"",brevet&amp;" km Randonnée")</f>
         <v>200 km Randonnée</v>
       </c>
-      <c r="N4" s="108"/>
-[...5 lines deleted...]
-      <c r="T4" s="108"/>
+      <c r="N4" s="116"/>
+      <c r="O4" s="116"/>
+      <c r="P4" s="116"/>
+      <c r="Q4" s="116"/>
+      <c r="R4" s="116"/>
+      <c r="S4" s="116"/>
+      <c r="T4" s="116"/>
       <c r="U4" s="39"/>
     </row>
     <row r="5" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A5" s="29"/>
       <c r="B5" s="30">
         <f>Control_1 Open_time</f>
         <v>0</v>
       </c>
       <c r="C5" s="30">
         <f>Control_1 Close_time</f>
         <v>4.1666666666666664E-2</v>
       </c>
       <c r="D5" s="31"/>
       <c r="E5" s="32" t="str">
         <f>IF(ISBLANK(Control_1 Establishment_3),"",Control_1 Establishment_3)</f>
         <v>Beacon Hill Park</v>
       </c>
       <c r="F5" s="88" t="str">
         <f>IF(ISBLANK('Control Entry'!K15),"",'Control Entry'!K15)</f>
         <v/>
       </c>
       <c r="G5" s="87"/>
       <c r="H5" s="24" t="s">
         <v>29</v>
       </c>
       <c r="K5" s="14"/>
       <c r="M5" s="15"/>
       <c r="N5" s="107" t="s">
         <v>47</v>
       </c>
       <c r="O5" s="107"/>
       <c r="P5" s="52">
         <f>IF(ISBLANK(Brevet_Number),"",Brevet_Number)</f>
         <v>5236</v>
       </c>
       <c r="Q5" s="53"/>
-      <c r="R5" s="125" t="str">
+      <c r="R5" s="119" t="str">
         <f>IF(ISBLANK('Control Entry'!$B10),"",'Control Entry'!$B10)</f>
         <v/>
       </c>
-      <c r="S5" s="125"/>
-[...1 lines deleted...]
-      <c r="U5" s="125"/>
+      <c r="S5" s="119"/>
+      <c r="T5" s="119"/>
+      <c r="U5" s="119"/>
       <c r="V5" s="40"/>
     </row>
     <row r="6" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="25"/>
       <c r="B6" s="26">
         <f>Control_2 Open_time</f>
         <v>2.9861111111111113E-2</v>
       </c>
       <c r="C6" s="26">
         <f>Control_2 Close_time</f>
         <v>9.3055555555555558E-2</v>
       </c>
       <c r="D6" s="33"/>
       <c r="E6" s="28" t="str">
         <f>IF(ISBLANK(Control_2 Establishment_1),"",Control_2 Establishment_1)</f>
         <v>INFORMATION</v>
       </c>
       <c r="F6" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!I16),"",'Control Entry'!I16)</f>
         <v xml:space="preserve">Sign on right: Lot 12 is </v>
       </c>
       <c r="G6" s="85"/>
       <c r="H6" s="24" t="s">
         <v>29</v>
       </c>
       <c r="K6" s="14"/>
-      <c r="L6" s="114" t="str">
+      <c r="L6" s="134" t="str">
         <f>IF(ISBLANK(Brevet_Description),"",Brevet_Description)</f>
         <v>Permanent #232: VI Remembrance Day 2022</v>
       </c>
-      <c r="M6" s="114"/>
-[...7 lines deleted...]
-      <c r="U6" s="114"/>
+      <c r="M6" s="134"/>
+      <c r="N6" s="134"/>
+      <c r="O6" s="134"/>
+      <c r="P6" s="134"/>
+      <c r="Q6" s="134"/>
+      <c r="R6" s="134"/>
+      <c r="S6" s="134"/>
+      <c r="T6" s="134"/>
+      <c r="U6" s="134"/>
     </row>
     <row r="7" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="34">
         <f>IF(ISBLANK(Distance Control_2),"",Control_2 Distance)</f>
         <v>24.5</v>
       </c>
       <c r="B7" s="35">
         <f>Control_2 Open_time</f>
         <v>2.9861111111111113E-2</v>
       </c>
       <c r="C7" s="35">
         <f>Control_2 Close_time</f>
         <v>9.3055555555555558E-2</v>
       </c>
       <c r="D7" s="36" t="str">
         <f>IF(ISBLANK(Locale Control_2),"",Locale Control_2)</f>
         <v xml:space="preserve">SAANICH </v>
       </c>
       <c r="E7" s="48" t="str">
         <f>IF(ISBLANK(Control_2 Establishment_2),"",Control_2 Establishment_2)</f>
         <v>Historical marker</v>
       </c>
       <c r="F7" s="86" t="str">
         <f>IF(ISBLANK('Control Entry'!J16),"",'Control Entry'!J16)</f>
         <v>The ______Residence</v>
@@ -6489,368 +6489,368 @@
       <c r="A8" s="29"/>
       <c r="B8" s="30">
         <f>Control_2 Open_time</f>
         <v>2.9861111111111113E-2</v>
       </c>
       <c r="C8" s="30">
         <f>Control_2 Close_time</f>
         <v>9.3055555555555558E-2</v>
       </c>
       <c r="D8" s="31"/>
       <c r="E8" s="73" t="str">
         <f>IF(ISBLANK(Control_2 Establishment_3),"",Control_2 Establishment_3)</f>
         <v>Falaise Park</v>
       </c>
       <c r="F8" s="88" t="str">
         <f>IF(ISBLANK('Control Entry'!K16),"",'Control Entry'!K16)</f>
         <v/>
       </c>
       <c r="G8" s="87"/>
       <c r="H8" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J8" s="15" t="s">
         <v>34</v>
       </c>
-      <c r="L8" s="127"/>
-[...4 lines deleted...]
-      <c r="Q8" s="127"/>
+      <c r="L8" s="120"/>
+      <c r="M8" s="120"/>
+      <c r="N8" s="120"/>
+      <c r="O8" s="120"/>
+      <c r="P8" s="120"/>
+      <c r="Q8" s="120"/>
       <c r="S8" s="41" t="s">
         <v>46</v>
       </c>
-      <c r="T8" s="134"/>
-      <c r="U8" s="134"/>
+      <c r="T8" s="127"/>
+      <c r="U8" s="127"/>
     </row>
     <row r="9" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="25"/>
       <c r="B9" s="26">
         <f>Control_3 Open_time</f>
         <v>4.7222222222222221E-2</v>
       </c>
       <c r="C9" s="26">
         <f>Control_3 Close_time</f>
         <v>0.12152777777777778</v>
       </c>
       <c r="D9" s="33"/>
       <c r="E9" s="28" t="str">
         <f>IF(ISBLANK(Control_3 Establishment_1),"",Control_3 Establishment_1)</f>
         <v>INFORMATION</v>
       </c>
       <c r="F9" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!I17),"",'Control Entry'!I17)</f>
         <v>On Stone house at #300</v>
       </c>
       <c r="G9" s="85"/>
       <c r="H9" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J9" s="15" t="s">
         <v>35</v>
       </c>
       <c r="K9" s="15"/>
-      <c r="L9" s="116" t="s">
+      <c r="L9" s="136" t="s">
         <v>54</v>
       </c>
-      <c r="M9" s="116"/>
-[...7 lines deleted...]
-      <c r="U9" s="116"/>
+      <c r="M9" s="136"/>
+      <c r="N9" s="136"/>
+      <c r="O9" s="136"/>
+      <c r="P9" s="136"/>
+      <c r="Q9" s="136"/>
+      <c r="R9" s="136"/>
+      <c r="S9" s="136"/>
+      <c r="T9" s="136"/>
+      <c r="U9" s="136"/>
     </row>
     <row r="10" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="34">
         <f>IF(ISBLANK(Distance Control_3),"",Control_3 Distance)</f>
         <v>38.4</v>
       </c>
       <c r="B10" s="35">
         <f>Control_3 Open_time</f>
         <v>4.7222222222222221E-2</v>
       </c>
       <c r="C10" s="35">
         <f>Control_3 Close_time</f>
         <v>0.12152777777777778</v>
       </c>
       <c r="D10" s="36" t="str">
         <f>IF(ISBLANK(Locale Control_3),"",Locale Control_3)</f>
         <v>ESQUIMALT</v>
       </c>
       <c r="E10" s="28" t="str">
         <f>IF(ISBLANK(Control_3 Establishment_2),"",Control_3 Establishment_2)</f>
         <v>DND Stone House</v>
       </c>
       <c r="F10" s="86" t="str">
         <f>IF(ISBLANK('Control Entry'!J17),"",'Control Entry'!J17)</f>
         <v>Number of window panes to the left of the door</v>
       </c>
       <c r="G10" s="85"/>
       <c r="H10" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J10" s="15"/>
       <c r="K10" s="15"/>
-      <c r="L10" s="117"/>
-[...8 lines deleted...]
-      <c r="U10" s="117"/>
+      <c r="L10" s="129"/>
+      <c r="M10" s="129"/>
+      <c r="N10" s="129"/>
+      <c r="O10" s="129"/>
+      <c r="P10" s="129"/>
+      <c r="Q10" s="129"/>
+      <c r="R10" s="129"/>
+      <c r="S10" s="129"/>
+      <c r="T10" s="129"/>
+      <c r="U10" s="129"/>
     </row>
     <row r="11" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="29"/>
       <c r="B11" s="30">
         <f>Control_3 Open_time</f>
         <v>4.7222222222222221E-2</v>
       </c>
       <c r="C11" s="30">
         <f>Control_3 Close_time</f>
         <v>0.12152777777777778</v>
       </c>
       <c r="D11" s="31"/>
       <c r="E11" s="32" t="str">
         <f>IF(ISBLANK(Control_3 Establishment_3),"",Control_3 Establishment_3)</f>
         <v>300 Victoria View Rd</v>
       </c>
       <c r="F11" s="88" t="str">
         <f>IF(ISBLANK('Control Entry'!K17),"",'Control Entry'!K17)</f>
         <v>___</v>
       </c>
       <c r="G11" s="87"/>
       <c r="H11" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="K11" s="15"/>
-      <c r="L11" s="117"/>
-[...1 lines deleted...]
-      <c r="N11" s="117"/>
+      <c r="L11" s="129"/>
+      <c r="M11" s="129"/>
+      <c r="N11" s="129"/>
       <c r="O11" s="15"/>
       <c r="P11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="Q11" s="15"/>
       <c r="R11" s="15"/>
-      <c r="S11" s="121"/>
-[...1 lines deleted...]
-      <c r="U11" s="121"/>
+      <c r="S11" s="117"/>
+      <c r="T11" s="117"/>
+      <c r="U11" s="117"/>
     </row>
     <row r="12" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="25"/>
       <c r="B12" s="26">
         <f>Control_4 Open_time</f>
         <v>5.2083333333333336E-2</v>
       </c>
       <c r="C12" s="26">
         <f>Control_4 Close_time</f>
         <v>0.13055555555555556</v>
       </c>
       <c r="D12" s="33"/>
       <c r="E12" s="28" t="str">
         <f>IF(ISBLANK(Control_4 Establishment_1),"",Control_4 Establishment_1)</f>
         <v>INFORMATION</v>
       </c>
       <c r="F12" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!I18),"",'Control Entry'!I18)</f>
         <v xml:space="preserve">Sign above Chapel </v>
       </c>
       <c r="G12" s="85"/>
       <c r="H12" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="K12" s="15"/>
-      <c r="L12" s="117"/>
-[...1 lines deleted...]
-      <c r="N12" s="117"/>
+      <c r="L12" s="129"/>
+      <c r="M12" s="129"/>
+      <c r="N12" s="129"/>
       <c r="O12" s="15"/>
       <c r="P12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="Q12" s="15"/>
       <c r="R12" s="15"/>
-      <c r="S12" s="121"/>
-[...1 lines deleted...]
-      <c r="U12" s="121"/>
+      <c r="S12" s="117"/>
+      <c r="T12" s="117"/>
+      <c r="U12" s="117"/>
     </row>
     <row r="13" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="34">
         <f>IF(ISBLANK(Distance Control_4),"",Control_4 Distance)</f>
         <v>42.7</v>
       </c>
       <c r="B13" s="35">
         <f>Control_4 Open_time</f>
         <v>5.2083333333333336E-2</v>
       </c>
       <c r="C13" s="35">
         <f>Control_4 Close_time</f>
         <v>0.13055555555555556</v>
       </c>
       <c r="D13" s="36" t="str">
         <f>IF(ISBLANK(Locale Control_4),"",Locale Control_4)</f>
         <v>ESQUIMALT</v>
       </c>
       <c r="E13" s="28" t="str">
         <f>IF(ISBLANK(Control_4 Establishment_2),"",Control_4 Establishment_2)</f>
         <v>God's Acre Cemetary</v>
       </c>
       <c r="F13" s="86" t="str">
         <f>IF(ISBLANK('Control Entry'!J18),"",'Control Entry'!J18)</f>
         <v>Consecrated  July 18__</v>
       </c>
       <c r="G13" s="85"/>
       <c r="H13" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J13" s="15" t="s">
         <v>40</v>
       </c>
-      <c r="L13" s="120"/>
-[...1 lines deleted...]
-      <c r="N13" s="120"/>
+      <c r="L13" s="139"/>
+      <c r="M13" s="139"/>
+      <c r="N13" s="139"/>
       <c r="P13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="Q13" s="15"/>
-      <c r="R13" s="124"/>
-[...2 lines deleted...]
-      <c r="U13" s="124"/>
+      <c r="R13" s="118"/>
+      <c r="S13" s="118"/>
+      <c r="T13" s="118"/>
+      <c r="U13" s="118"/>
     </row>
     <row r="14" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A14" s="29"/>
       <c r="B14" s="30">
         <f>Control_4 Open_time</f>
         <v>5.2083333333333336E-2</v>
       </c>
       <c r="C14" s="30">
         <f>Control_4 Close_time</f>
         <v>0.13055555555555556</v>
       </c>
       <c r="D14" s="31"/>
       <c r="E14" s="32" t="str">
         <f>IF(ISBLANK(Control_4 Establishment_3),"",Control_4 Establishment_3)</f>
         <v>Veteran's Dr</v>
       </c>
       <c r="F14" s="88" t="str">
         <f>IF(ISBLANK('Control Entry'!K18),"",'Control Entry'!K18)</f>
         <v/>
       </c>
       <c r="G14" s="87"/>
       <c r="H14" s="24" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="25"/>
       <c r="B15" s="26">
         <f>Control_5 Open_time</f>
         <v>6.458333333333334E-2</v>
       </c>
       <c r="C15" s="26">
         <f>Control_5 Close_time</f>
         <v>0.15138888888888888</v>
       </c>
       <c r="D15" s="33"/>
       <c r="E15" s="28" t="str">
         <f>IF(ISBLANK(Control_5 Establishment_1),"",Control_5 Establishment_1)</f>
         <v>INFORMATION</v>
       </c>
       <c r="F15" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!I19),"",'Control Entry'!I19)</f>
         <v xml:space="preserve">Plaque at foot of Statue </v>
       </c>
       <c r="G15" s="85"/>
       <c r="H15" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J15" s="15"/>
-      <c r="L15" s="113" t="s">
+      <c r="L15" s="133" t="s">
         <v>58</v>
       </c>
-      <c r="M15" s="113"/>
-[...7 lines deleted...]
-      <c r="U15" s="113"/>
+      <c r="M15" s="133"/>
+      <c r="N15" s="133"/>
+      <c r="O15" s="133"/>
+      <c r="P15" s="133"/>
+      <c r="Q15" s="133"/>
+      <c r="R15" s="133"/>
+      <c r="S15" s="133"/>
+      <c r="T15" s="133"/>
+      <c r="U15" s="133"/>
     </row>
     <row r="16" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A16" s="34">
         <f>IF(ISBLANK(Distance Control_5),"",Control_5 Distance)</f>
         <v>52.5</v>
       </c>
       <c r="B16" s="35">
         <f>Control_5 Open_time</f>
         <v>6.458333333333334E-2</v>
       </c>
       <c r="C16" s="35">
         <f>Control_5 Close_time</f>
         <v>0.15138888888888888</v>
       </c>
       <c r="D16" s="36" t="str">
         <f>IF(ISBLANK(Locale Control_5),"",Locale Control_5)</f>
         <v>LANGFORD</v>
       </c>
       <c r="E16" s="28" t="str">
         <f>IF(ISBLANK(Control_5 Establishment_2),"",Control_5 Establishment_2)</f>
         <v>Veterans Memorial Park</v>
       </c>
       <c r="F16" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!J19),"",'Control Entry'!J19)</f>
         <v>Erected October __, 2001</v>
       </c>
       <c r="G16" s="85"/>
       <c r="H16" s="24" t="s">
         <v>29</v>
       </c>
-      <c r="L16" s="118"/>
-[...8 lines deleted...]
-      <c r="U16" s="118"/>
+      <c r="L16" s="137"/>
+      <c r="M16" s="137"/>
+      <c r="N16" s="137"/>
+      <c r="O16" s="137"/>
+      <c r="P16" s="137"/>
+      <c r="Q16" s="137"/>
+      <c r="R16" s="137"/>
+      <c r="S16" s="137"/>
+      <c r="T16" s="137"/>
+      <c r="U16" s="137"/>
     </row>
     <row r="17" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A17" s="29"/>
       <c r="B17" s="30">
         <f>Control_5 Open_time</f>
         <v>6.458333333333334E-2</v>
       </c>
       <c r="C17" s="30">
         <f>Control_5 Close_time</f>
         <v>0.15138888888888888</v>
       </c>
       <c r="D17" s="31"/>
       <c r="E17" s="32" t="str">
         <f>IF(ISBLANK(Control_5 Establishment_3),"",Control_5 Establishment_3)</f>
         <v>Aldwyn Rd</v>
       </c>
       <c r="F17" s="88" t="str">
         <f>IF(ISBLANK('Control Entry'!K19),"",'Control Entry'!K19)</f>
         <v/>
       </c>
       <c r="G17" s="87"/>
       <c r="H17" s="24" t="s">
         <v>29</v>
       </c>
     </row>
@@ -6913,66 +6913,66 @@
       <c r="B20" s="30">
         <f>Control_6 Open_time</f>
         <v>8.4722222222222213E-2</v>
       </c>
       <c r="C20" s="30">
         <f>Control_6 Close_time</f>
         <v>0.19236111111111112</v>
       </c>
       <c r="D20" s="31"/>
       <c r="E20" s="32" t="str">
         <f>IF(ISBLANK(Control_6 Establishment_3),"",Control_6 Establishment_3)</f>
         <v>100 Albert Head Rd</v>
       </c>
       <c r="F20" s="88" t="str">
         <f>IF(ISBLANK('Control Entry'!K20),"",'Control Entry'!K20)</f>
         <v/>
       </c>
       <c r="G20" s="87"/>
       <c r="H20" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J20" s="50" t="s">
         <v>44</v>
       </c>
       <c r="K20" s="50"/>
-      <c r="L20" s="135" t="str">
+      <c r="L20" s="128" t="str">
         <f>IF(ISBLANK('Control Entry'!B12),"",'Control Entry'!B12)</f>
         <v/>
       </c>
-      <c r="M20" s="135"/>
-      <c r="N20" s="135"/>
+      <c r="M20" s="128"/>
+      <c r="N20" s="128"/>
       <c r="P20" s="15" t="s">
         <v>0</v>
       </c>
       <c r="Q20" s="15"/>
-      <c r="S20" s="112">
+      <c r="S20" s="132">
         <f>IF(ISBLANK('Control Entry'!B13),"",'Control Entry'!B13)</f>
         <v>0</v>
       </c>
-      <c r="T20" s="112"/>
-      <c r="U20" s="112"/>
+      <c r="T20" s="132"/>
+      <c r="U20" s="132"/>
     </row>
     <row r="21" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="25"/>
       <c r="B21" s="26">
         <f>Control_7 Open_time</f>
         <v>9.375E-2</v>
       </c>
       <c r="C21" s="26">
         <f>Control_7 Close_time</f>
         <v>0.21319444444444444</v>
       </c>
       <c r="D21" s="33"/>
       <c r="E21" s="28" t="str">
         <f>IF(ISBLANK(Control_7 Establishment_1),"",Control_7 Establishment_1)</f>
         <v>INFORMATION</v>
       </c>
       <c r="F21" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!I21),"",'Control Entry'!I21)</f>
         <v xml:space="preserve">On plaque "military college period </v>
       </c>
       <c r="G21" s="85"/>
       <c r="H21" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J21" s="50"/>
@@ -6997,60 +6997,60 @@
       </c>
       <c r="C22" s="35">
         <f>Control_7 Close_time</f>
         <v>0.21319444444444444</v>
       </c>
       <c r="D22" s="36" t="str">
         <f>IF(ISBLANK(Locale Control_7),"",Locale Control_7)</f>
         <v>COLWOOD</v>
       </c>
       <c r="E22" s="28" t="str">
         <f>IF(ISBLANK(Control_7 Establishment_2),"",Control_7 Establishment_2)</f>
         <v>Military College Parade Square</v>
       </c>
       <c r="F22" s="86" t="str">
         <f>IF(ISBLANK('Control Entry'!J21),"",'Control Entry'!J21)</f>
         <v>19__-1995</v>
       </c>
       <c r="G22" s="85"/>
       <c r="H22" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J22" s="50" t="s">
         <v>45</v>
       </c>
       <c r="K22" s="50"/>
-      <c r="L22" s="119"/>
-[...1 lines deleted...]
-      <c r="N22" s="119"/>
+      <c r="L22" s="138"/>
+      <c r="M22" s="138"/>
+      <c r="N22" s="138"/>
       <c r="P22" s="15" t="s">
         <v>1</v>
       </c>
       <c r="Q22" s="15"/>
-      <c r="S22" s="115"/>
-[...1 lines deleted...]
-      <c r="U22" s="115"/>
+      <c r="S22" s="135"/>
+      <c r="T22" s="135"/>
+      <c r="U22" s="135"/>
     </row>
     <row r="23" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A23" s="29"/>
       <c r="B23" s="30">
         <f>Control_7 Open_time</f>
         <v>9.375E-2</v>
       </c>
       <c r="C23" s="30">
         <f>Control_7 Close_time</f>
         <v>0.21319444444444444</v>
       </c>
       <c r="D23" s="31"/>
       <c r="E23" s="32" t="str">
         <f>IF(ISBLANK(Control_7 Establishment_3),"",Control_7 Establishment_3)</f>
         <v>Royal Roads University</v>
       </c>
       <c r="F23" s="88" t="str">
         <f>IF(ISBLANK('Control Entry'!K21),"",'Control Entry'!K21)</f>
         <v/>
       </c>
       <c r="G23" s="87"/>
       <c r="H23" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J23" s="50"/>
@@ -7062,99 +7062,99 @@
       <c r="Q23" s="15"/>
     </row>
     <row r="24" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A24" s="25"/>
       <c r="B24" s="26">
         <f>Control_8 Open_time</f>
         <v>0.12708333333333333</v>
       </c>
       <c r="C24" s="26">
         <f>Control_8 Close_time</f>
         <v>0.28819444444444448</v>
       </c>
       <c r="D24" s="33"/>
       <c r="E24" s="28" t="str">
         <f>IF(ISBLANK(Control_8 Establishment_1),"",Control_8 Establishment_1)</f>
         <v>INFORMATION</v>
       </c>
       <c r="F24" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!I22),"",'Control Entry'!I22)</f>
         <v xml:space="preserve">Plaque on left of Cenotaph </v>
       </c>
       <c r="G24" s="85"/>
       <c r="H24" s="24" t="s">
         <v>29</v>
       </c>
-      <c r="J24" s="115"/>
-[...3 lines deleted...]
-      <c r="N24" s="115"/>
+      <c r="J24" s="135"/>
+      <c r="K24" s="135"/>
+      <c r="L24" s="135"/>
+      <c r="M24" s="135"/>
+      <c r="N24" s="135"/>
       <c r="P24" s="15" t="s">
         <v>2</v>
       </c>
       <c r="Q24" s="15"/>
-      <c r="S24" s="115"/>
-[...1 lines deleted...]
-      <c r="U24" s="115"/>
+      <c r="S24" s="135"/>
+      <c r="T24" s="135"/>
+      <c r="U24" s="135"/>
     </row>
     <row r="25" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="34">
         <f>IF(ISBLANK(Distance Control_8),"",Control_8 Distance)</f>
         <v>103.7</v>
       </c>
       <c r="B25" s="35">
         <f>Control_8 Open_time</f>
         <v>0.12708333333333333</v>
       </c>
       <c r="C25" s="35">
         <f>Control_8 Close_time</f>
         <v>0.28819444444444448</v>
       </c>
       <c r="D25" s="36" t="str">
         <f>IF(ISBLANK(Locale Control_8),"",Locale Control_8)</f>
         <v>BRENTWOOD BAY</v>
       </c>
       <c r="E25" s="28" t="str">
         <f>IF(ISBLANK(Control_8 Establishment_2),"",Control_8 Establishment_2)</f>
         <v>Central Saanich Cenotaph</v>
       </c>
       <c r="F25" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!J22),"",'Control Entry'!J22)</f>
         <v>Year of the Veteran 20__</v>
       </c>
       <c r="G25" s="85"/>
       <c r="H25" s="24" t="s">
         <v>29</v>
       </c>
-      <c r="J25" s="110" t="s">
+      <c r="J25" s="130" t="s">
         <v>17</v>
       </c>
-      <c r="K25" s="110"/>
-[...2 lines deleted...]
-      <c r="N25" s="110"/>
+      <c r="K25" s="130"/>
+      <c r="L25" s="130"/>
+      <c r="M25" s="130"/>
+      <c r="N25" s="130"/>
       <c r="O25" s="46"/>
       <c r="P25" s="109"/>
       <c r="Q25" s="109"/>
       <c r="R25" s="46"/>
       <c r="S25" s="107"/>
       <c r="T25" s="107"/>
       <c r="U25" s="107"/>
       <c r="V25" s="107"/>
     </row>
     <row r="26" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A26" s="29"/>
       <c r="B26" s="30">
         <f>Control_8 Open_time</f>
         <v>0.12708333333333333</v>
       </c>
       <c r="C26" s="30">
         <f>Control_8 Close_time</f>
         <v>0.28819444444444448</v>
       </c>
       <c r="D26" s="31"/>
       <c r="E26" s="32" t="str">
         <f>IF(ISBLANK(Control_8 Establishment_3),"",Control_8 Establishment_3)</f>
         <v>Pioneer Park</v>
       </c>
       <c r="F26" s="88" t="str">
@@ -7167,51 +7167,51 @@
       </c>
     </row>
     <row r="27" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="25"/>
       <c r="B27" s="26" t="str">
         <f>Control_9 Open_time</f>
         <v/>
       </c>
       <c r="C27" s="26" t="str">
         <f>Control_9 Close_time</f>
         <v/>
       </c>
       <c r="D27" s="33"/>
       <c r="E27" s="28" t="str">
         <f>IF(ISBLANK(Control_9 Establishment_1),"",Control_9 Establishment_1)</f>
         <v/>
       </c>
       <c r="F27" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!I23),"",'Control Entry'!I23)</f>
         <v/>
       </c>
       <c r="G27" s="85"/>
       <c r="H27" s="24" t="s">
         <v>29</v>
       </c>
-      <c r="K27" s="108" t="s">
+      <c r="K27" s="116" t="s">
         <v>56</v>
       </c>
       <c r="L27" s="109"/>
       <c r="M27" s="45" t="s">
         <v>57</v>
       </c>
       <c r="N27" s="109" t="s">
         <v>49</v>
       </c>
       <c r="O27" s="109"/>
       <c r="P27" s="109" t="s">
         <v>50</v>
       </c>
       <c r="Q27" s="109"/>
       <c r="R27" s="46" t="s">
         <v>51</v>
       </c>
       <c r="S27" s="107" t="s">
         <v>52</v>
       </c>
       <c r="T27" s="107"/>
       <c r="U27" s="107" t="s">
         <v>53</v>
       </c>
       <c r="V27" s="107"/>
@@ -7247,60 +7247,60 @@
       </c>
     </row>
     <row r="29" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A29" s="29"/>
       <c r="B29" s="30" t="str">
         <f>Control_9 Open_time</f>
         <v/>
       </c>
       <c r="C29" s="30" t="str">
         <f>Control_9 Close_time</f>
         <v/>
       </c>
       <c r="D29" s="31"/>
       <c r="E29" s="32" t="str">
         <f>IF(ISBLANK(Control_9 Establishment_3),"",Control_9 Establishment_3)</f>
         <v/>
       </c>
       <c r="F29" s="88" t="str">
         <f>IF(ISBLANK('Control Entry'!K23),"",'Control Entry'!K23)</f>
         <v/>
       </c>
       <c r="G29" s="87"/>
       <c r="H29" s="24" t="s">
         <v>29</v>
       </c>
-      <c r="M29" s="136" t="s">
+      <c r="M29" s="108" t="s">
         <v>42</v>
       </c>
-      <c r="N29" s="136"/>
-[...5 lines deleted...]
-      <c r="T29" s="136"/>
+      <c r="N29" s="108"/>
+      <c r="O29" s="108"/>
+      <c r="P29" s="108"/>
+      <c r="Q29" s="108"/>
+      <c r="R29" s="108"/>
+      <c r="S29" s="108"/>
+      <c r="T29" s="108"/>
       <c r="U29" s="49"/>
     </row>
     <row r="30" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="25"/>
       <c r="B30" s="26" t="str">
         <f>Control_10 Open_time</f>
         <v/>
       </c>
       <c r="C30" s="26" t="str">
         <f>Control_10 Close_time</f>
         <v/>
       </c>
       <c r="D30" s="33"/>
       <c r="E30" s="28" t="str">
         <f>IF(ISBLANK(Control_10 Establishment_1),"",Control_10 Establishment_1)</f>
         <v/>
       </c>
       <c r="F30" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!I24),"",'Control Entry'!I24)</f>
         <v/>
       </c>
       <c r="G30" s="85"/>
       <c r="H30" s="24" t="s">
         <v>29</v>
       </c>
@@ -7348,422 +7348,422 @@
       <c r="T31" s="20"/>
     </row>
     <row r="32" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A32" s="29"/>
       <c r="B32" s="30" t="str">
         <f>Control_10 Open_time</f>
         <v/>
       </c>
       <c r="C32" s="30" t="str">
         <f>Control_10 Close_time</f>
         <v/>
       </c>
       <c r="D32" s="31"/>
       <c r="E32" s="32" t="str">
         <f>IF(ISBLANK(Control_10 Establishment_3),"",Control_10 Establishment_3)</f>
         <v/>
       </c>
       <c r="F32" s="88" t="str">
         <f>IF(ISBLANK('Control Entry'!K24),"",'Control Entry'!K24)</f>
         <v/>
       </c>
       <c r="G32" s="87"/>
       <c r="H32" s="24" t="s">
         <v>29</v>
       </c>
-      <c r="M32" s="128" t="s">
+      <c r="M32" s="121" t="s">
         <v>82</v>
       </c>
-      <c r="N32" s="129"/>
-[...2 lines deleted...]
-      <c r="Q32" s="131">
+      <c r="N32" s="122"/>
+      <c r="O32" s="122"/>
+      <c r="P32" s="123"/>
+      <c r="Q32" s="124">
         <f>'Control Entry'!B3</f>
         <v>44700</v>
       </c>
-      <c r="R32" s="132"/>
-[...1 lines deleted...]
-      <c r="T32" s="133"/>
+      <c r="R32" s="125"/>
+      <c r="S32" s="125"/>
+      <c r="T32" s="126"/>
     </row>
     <row r="33" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="123" t="s">
+      <c r="A33" s="115" t="s">
         <v>43</v>
       </c>
-      <c r="B33" s="123"/>
-[...4 lines deleted...]
-      <c r="G33" s="123"/>
+      <c r="B33" s="115"/>
+      <c r="C33" s="115"/>
+      <c r="D33" s="115"/>
+      <c r="E33" s="115"/>
+      <c r="F33" s="115"/>
+      <c r="G33" s="115"/>
       <c r="H33" s="37"/>
       <c r="I33" s="37"/>
-      <c r="M33" s="137" t="s">
+      <c r="M33" s="110" t="s">
         <v>86</v>
       </c>
-      <c r="N33" s="138"/>
-[...2 lines deleted...]
-      <c r="Q33" s="139">
+      <c r="N33" s="111"/>
+      <c r="O33" s="111"/>
+      <c r="P33" s="111"/>
+      <c r="Q33" s="112">
         <f>'Control Entry'!B4</f>
         <v>44870</v>
       </c>
-      <c r="R33" s="126"/>
-[...1 lines deleted...]
-      <c r="T33" s="126"/>
+      <c r="R33" s="113"/>
+      <c r="S33" s="113"/>
+      <c r="T33" s="113"/>
       <c r="V33" s="44"/>
     </row>
     <row r="34" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34" s="42"/>
     </row>
     <row r="35" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35"/>
-      <c r="N35" s="136"/>
-[...6 lines deleted...]
-      <c r="U35" s="136"/>
+      <c r="N35" s="108"/>
+      <c r="O35" s="108"/>
+      <c r="P35" s="108"/>
+      <c r="Q35" s="108"/>
+      <c r="R35" s="108"/>
+      <c r="S35" s="108"/>
+      <c r="T35" s="108"/>
+      <c r="U35" s="108"/>
     </row>
     <row r="36" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A36"/>
     </row>
     <row r="37" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A37"/>
     </row>
     <row r="38" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38"/>
       <c r="N38" s="15"/>
     </row>
     <row r="39" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A39"/>
     </row>
     <row r="40" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A40"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="iDQb38Z5WZp87lXMQAT4xTXeXKPICpVt+wSBVo/dofQxJAYMrgvpXFZDzKlfo5JR1/olCdCIytlMSqpHKz79Wg==" saltValue="3TGUHDVIfOEKM0XlLUm4zg==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatCells="0" selectLockedCells="1"/>
   <mergeCells count="41">
-    <mergeCell ref="U25:V25"/>
-[...7 lines deleted...]
-    <mergeCell ref="Q33:T33"/>
+    <mergeCell ref="N5:O5"/>
+    <mergeCell ref="K27:L27"/>
+    <mergeCell ref="J25:N25"/>
+    <mergeCell ref="O3:R3"/>
+    <mergeCell ref="S20:U20"/>
+    <mergeCell ref="L15:U15"/>
+    <mergeCell ref="L6:U6"/>
+    <mergeCell ref="S24:U24"/>
+    <mergeCell ref="J24:N24"/>
+    <mergeCell ref="L9:U9"/>
+    <mergeCell ref="L10:U10"/>
+    <mergeCell ref="L16:U16"/>
+    <mergeCell ref="L22:N22"/>
+    <mergeCell ref="S22:U22"/>
+    <mergeCell ref="L13:N13"/>
+    <mergeCell ref="S11:U11"/>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A33:G33"/>
     <mergeCell ref="M4:T4"/>
     <mergeCell ref="P25:Q25"/>
     <mergeCell ref="S25:T25"/>
     <mergeCell ref="S12:U12"/>
     <mergeCell ref="R13:U13"/>
     <mergeCell ref="R5:U5"/>
     <mergeCell ref="K2:U2"/>
     <mergeCell ref="L8:Q8"/>
     <mergeCell ref="M32:P32"/>
     <mergeCell ref="Q32:T32"/>
     <mergeCell ref="T8:U8"/>
     <mergeCell ref="L20:N20"/>
     <mergeCell ref="L11:N11"/>
     <mergeCell ref="L12:N12"/>
-    <mergeCell ref="N5:O5"/>
-[...14 lines deleted...]
-    <mergeCell ref="S11:U11"/>
+    <mergeCell ref="U25:V25"/>
+    <mergeCell ref="N35:U35"/>
+    <mergeCell ref="M29:T29"/>
+    <mergeCell ref="N27:O27"/>
+    <mergeCell ref="P27:Q27"/>
+    <mergeCell ref="S27:T27"/>
+    <mergeCell ref="U27:V27"/>
+    <mergeCell ref="M33:P33"/>
+    <mergeCell ref="Q33:T33"/>
   </mergeCells>
   <phoneticPr fontId="16" type="noConversion"/>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.2" header="0.51" footer="0.51"/>
   <pageSetup scale="45" orientation="landscape" horizontalDpi="4294967292" verticalDpi="4294967292"/>
   <ignoredErrors>
     <ignoredError sqref="L20" unlockedFormula="1"/>
   </ignoredErrors>
   <drawing r:id="rId1"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="100"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:V40"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="92" zoomScaleNormal="92" zoomScalePageLayoutView="92" workbookViewId="0">
       <selection activeCell="G7" sqref="G7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="13" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="8.5" style="1" customWidth="1"/>
     <col min="2" max="2" width="11.5" customWidth="1"/>
     <col min="3" max="3" width="11.6640625" customWidth="1"/>
     <col min="4" max="4" width="18" customWidth="1"/>
     <col min="5" max="5" width="23.83203125" customWidth="1"/>
     <col min="6" max="6" width="42" customWidth="1"/>
     <col min="7" max="7" width="13.5" customWidth="1"/>
     <col min="8" max="8" width="8" customWidth="1"/>
     <col min="9" max="9" width="12" customWidth="1"/>
     <col min="18" max="19" width="8.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" ht="21" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="122" t="s">
+      <c r="A1" s="114" t="s">
         <v>74</v>
       </c>
-      <c r="B1" s="122"/>
-[...4 lines deleted...]
-      <c r="G1" s="122"/>
+      <c r="B1" s="114"/>
+      <c r="C1" s="114"/>
+      <c r="D1" s="114"/>
+      <c r="E1" s="114"/>
+      <c r="F1" s="114"/>
+      <c r="G1" s="114"/>
       <c r="H1" s="24" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="2" spans="1:22" ht="33.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A2" s="65" t="s">
         <v>30</v>
       </c>
       <c r="B2" s="9" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="9" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E2" s="9" t="s">
         <v>31</v>
       </c>
       <c r="F2" s="9" t="s">
         <v>59</v>
       </c>
       <c r="G2" s="65" t="s">
         <v>32</v>
       </c>
       <c r="H2" s="24" t="s">
         <v>29</v>
       </c>
-      <c r="K2" s="126" t="s">
+      <c r="K2" s="113" t="s">
         <v>55</v>
       </c>
-      <c r="L2" s="126"/>
-[...8 lines deleted...]
-      <c r="U2" s="126"/>
+      <c r="L2" s="113"/>
+      <c r="M2" s="113"/>
+      <c r="N2" s="113"/>
+      <c r="O2" s="113"/>
+      <c r="P2" s="113"/>
+      <c r="Q2" s="113"/>
+      <c r="R2" s="113"/>
+      <c r="S2" s="113"/>
+      <c r="T2" s="113"/>
+      <c r="U2" s="113"/>
     </row>
     <row r="3" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A3" s="25"/>
       <c r="B3" s="26">
         <f>'Control Entry'!N28</f>
         <v>0.14930555555555555</v>
       </c>
       <c r="C3" s="26">
         <f>'Control Entry'!O28</f>
         <v>0.33888888888888885</v>
       </c>
       <c r="D3" s="27"/>
       <c r="E3" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!F28),"",'Control Entry'!F28)</f>
         <v>INFORMATION</v>
       </c>
       <c r="F3" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!I28),"",'Control Entry'!I28)</f>
         <v>Maple Leaf on Ground to the left of Memorial: .</v>
       </c>
       <c r="G3" s="85"/>
       <c r="H3" s="24" t="s">
         <v>29</v>
       </c>
       <c r="K3" s="14"/>
-      <c r="O3" s="111" t="s">
+      <c r="O3" s="131" t="s">
         <v>73</v>
       </c>
-      <c r="P3" s="111"/>
-[...1 lines deleted...]
-      <c r="R3" s="111"/>
+      <c r="P3" s="131"/>
+      <c r="Q3" s="131"/>
+      <c r="R3" s="131"/>
       <c r="S3" s="75" t="str">
         <f>IF('Control Entry'!D28=0,"","#2")</f>
         <v>#2</v>
       </c>
       <c r="U3" s="38"/>
     </row>
     <row r="4" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="34">
         <f>IF(ISBLANK('Control Entry'!D28),"",'Control Entry'!D28)</f>
         <v>122</v>
       </c>
       <c r="B4" s="35">
         <f>'Control Entry'!N28</f>
         <v>0.14930555555555555</v>
       </c>
       <c r="C4" s="35">
         <f>'Control Entry'!O28</f>
         <v>0.33888888888888885</v>
       </c>
       <c r="D4" s="36" t="str">
         <f>IF(ISBLANK('Control Entry'!E28),"",'Control Entry'!E28)</f>
         <v>NORTH SAANICH</v>
       </c>
       <c r="E4" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!G28),"",'Control Entry'!G28)</f>
         <v>Lt. H Gray VC Memorial</v>
       </c>
       <c r="F4" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!J28),"",'Control Entry'!J28)</f>
         <v>How many Canadians served on aircraft carriers of the RN Fleet Air Arm"</v>
       </c>
       <c r="G4" s="85"/>
       <c r="H4" s="24" t="s">
         <v>29</v>
       </c>
       <c r="K4" s="14"/>
-      <c r="M4" s="108" t="str">
+      <c r="M4" s="116" t="str">
         <f>IF(ISBLANK(brevet),"",brevet&amp;" km Randonnée")</f>
         <v>200 km Randonnée</v>
       </c>
-      <c r="N4" s="108"/>
-[...5 lines deleted...]
-      <c r="T4" s="108"/>
+      <c r="N4" s="116"/>
+      <c r="O4" s="116"/>
+      <c r="P4" s="116"/>
+      <c r="Q4" s="116"/>
+      <c r="R4" s="116"/>
+      <c r="S4" s="116"/>
+      <c r="T4" s="116"/>
       <c r="U4" s="39"/>
     </row>
     <row r="5" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A5" s="29"/>
       <c r="B5" s="30">
         <f>'Control Entry'!N28</f>
         <v>0.14930555555555555</v>
       </c>
       <c r="C5" s="30">
         <f>'Control Entry'!O28</f>
         <v>0.33888888888888885</v>
       </c>
       <c r="D5" s="31"/>
       <c r="E5" s="32" t="str">
         <f>IF(ISBLANK('Control Entry'!H28),"",'Control Entry'!H28)</f>
         <v>BC Aviation Museum</v>
       </c>
       <c r="F5" s="88" t="str">
         <f>IF(ISBLANK('Control Entry'!K28),"",'Control Entry'!K28)</f>
         <v>_____</v>
       </c>
       <c r="G5" s="87"/>
       <c r="H5" s="24" t="s">
         <v>29</v>
       </c>
       <c r="K5" s="14"/>
       <c r="M5" s="15"/>
       <c r="N5" s="107" t="s">
         <v>47</v>
       </c>
       <c r="O5" s="107"/>
       <c r="P5" s="52">
         <f>IF(ISBLANK(Brevet_Number),"",Brevet_Number)</f>
         <v>5236</v>
       </c>
       <c r="Q5" s="53"/>
-      <c r="R5" s="125" t="str">
+      <c r="R5" s="119" t="str">
         <f>IF(ISBLANK('Control Entry'!$B10),"",'Control Entry'!$B10)</f>
         <v/>
       </c>
-      <c r="S5" s="125"/>
-[...1 lines deleted...]
-      <c r="U5" s="125"/>
+      <c r="S5" s="119"/>
+      <c r="T5" s="119"/>
+      <c r="U5" s="119"/>
       <c r="V5" s="40"/>
     </row>
     <row r="6" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="25"/>
       <c r="B6" s="26">
         <f>'Control Entry'!N29</f>
         <v>0.17291666666666669</v>
       </c>
       <c r="C6" s="26">
         <f>'Control Entry'!O29</f>
         <v>0.39166666666666666</v>
       </c>
       <c r="D6" s="33"/>
       <c r="E6" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!F29),"",'Control Entry'!F29)</f>
         <v>INFORMATION</v>
       </c>
       <c r="F6" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!I29),"",'Control Entry'!I29)</f>
         <v xml:space="preserve">Plaque on left hand side of granite stone (second paragraph:) </v>
       </c>
       <c r="G6" s="85"/>
       <c r="H6" s="24" t="s">
         <v>29</v>
       </c>
       <c r="K6" s="14"/>
-      <c r="L6" s="114" t="str">
+      <c r="L6" s="134" t="str">
         <f>IF(ISBLANK(Brevet_Description),"",Brevet_Description)</f>
         <v>Permanent #232: VI Remembrance Day 2022</v>
       </c>
-      <c r="M6" s="114"/>
-[...7 lines deleted...]
-      <c r="U6" s="114"/>
+      <c r="M6" s="134"/>
+      <c r="N6" s="134"/>
+      <c r="O6" s="134"/>
+      <c r="P6" s="134"/>
+      <c r="Q6" s="134"/>
+      <c r="R6" s="134"/>
+      <c r="S6" s="134"/>
+      <c r="T6" s="134"/>
+      <c r="U6" s="134"/>
     </row>
     <row r="7" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="34">
         <f>IF(ISBLANK('Control Entry'!D29),"",'Control Entry'!D29)</f>
         <v>140.9</v>
       </c>
       <c r="B7" s="35">
         <f>'Control Entry'!N29</f>
         <v>0.17291666666666669</v>
       </c>
       <c r="C7" s="35">
         <f>'Control Entry'!O29</f>
         <v>0.39166666666666666</v>
       </c>
       <c r="D7" s="36" t="str">
         <f>IF(ISBLANK('Control Entry'!E29),"",'Control Entry'!E29)</f>
         <v xml:space="preserve">SAANICH </v>
       </c>
       <c r="E7" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!G29),"",'Control Entry'!G29)</f>
         <v>Royal Oak Cenotaph</v>
       </c>
       <c r="F7" s="86" t="str">
         <f>IF(ISBLANK('Control Entry'!J29),"",'Control Entry'!J29)</f>
         <v>How many men and women?__</v>
@@ -7777,368 +7777,368 @@
       <c r="A8" s="29"/>
       <c r="B8" s="30">
         <f>'Control Entry'!N29</f>
         <v>0.17291666666666669</v>
       </c>
       <c r="C8" s="30">
         <f>'Control Entry'!O29</f>
         <v>0.39166666666666666</v>
       </c>
       <c r="D8" s="31"/>
       <c r="E8" s="32" t="str">
         <f>IF(ISBLANK('Control Entry'!H29),"",'Control Entry'!H29)</f>
         <v>Royal Oak Burial Park</v>
       </c>
       <c r="F8" s="88" t="str">
         <f>IF(ISBLANK('Control Entry'!K29),"",'Control Entry'!K29)</f>
         <v/>
       </c>
       <c r="G8" s="87"/>
       <c r="H8" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J8" s="15" t="s">
         <v>34</v>
       </c>
-      <c r="L8" s="127"/>
-[...4 lines deleted...]
-      <c r="Q8" s="127"/>
+      <c r="L8" s="120"/>
+      <c r="M8" s="120"/>
+      <c r="N8" s="120"/>
+      <c r="O8" s="120"/>
+      <c r="P8" s="120"/>
+      <c r="Q8" s="120"/>
       <c r="S8" s="41" t="s">
         <v>46</v>
       </c>
-      <c r="T8" s="134"/>
-      <c r="U8" s="134"/>
+      <c r="T8" s="127"/>
+      <c r="U8" s="127"/>
     </row>
     <row r="9" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="25"/>
       <c r="B9" s="26">
         <f>'Control Entry'!N30</f>
         <v>0.1986111111111111</v>
       </c>
       <c r="C9" s="26">
         <f>'Control Entry'!O30</f>
         <v>0.45</v>
       </c>
       <c r="D9" s="33"/>
       <c r="E9" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!F30),"",'Control Entry'!F30)</f>
         <v>INFORMATION</v>
       </c>
       <c r="F9" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!I30),"",'Control Entry'!I30)</f>
         <v>Date on plaque:</v>
       </c>
       <c r="G9" s="85"/>
       <c r="H9" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J9" s="15" t="s">
         <v>35</v>
       </c>
       <c r="K9" s="15"/>
-      <c r="L9" s="116" t="s">
+      <c r="L9" s="136" t="s">
         <v>54</v>
       </c>
-      <c r="M9" s="116"/>
-[...7 lines deleted...]
-      <c r="U9" s="116"/>
+      <c r="M9" s="136"/>
+      <c r="N9" s="136"/>
+      <c r="O9" s="136"/>
+      <c r="P9" s="136"/>
+      <c r="Q9" s="136"/>
+      <c r="R9" s="136"/>
+      <c r="S9" s="136"/>
+      <c r="T9" s="136"/>
+      <c r="U9" s="136"/>
     </row>
     <row r="10" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="34">
         <f>IF(ISBLANK('Control Entry'!D30),"",'Control Entry'!D30)</f>
         <v>161.9</v>
       </c>
       <c r="B10" s="35">
         <f>'Control Entry'!N30</f>
         <v>0.1986111111111111</v>
       </c>
       <c r="C10" s="35">
         <f>'Control Entry'!O30</f>
         <v>0.45</v>
       </c>
       <c r="D10" s="36" t="str">
         <f>IF(ISBLANK('Control Entry'!E30),"",'Control Entry'!E30)</f>
         <v>SIDNEY</v>
       </c>
       <c r="E10" s="48" t="str">
         <f>IF(ISBLANK('Control Entry'!G30),"",'Control Entry'!G30)</f>
         <v>CAF 'Star of Military' plaque</v>
       </c>
       <c r="F10" s="86" t="str">
         <f>IF(ISBLANK('Control Entry'!J30),"",'Control Entry'!J30)</f>
         <v>June ___,2007</v>
       </c>
       <c r="G10" s="85"/>
       <c r="H10" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J10" s="15"/>
       <c r="K10" s="15"/>
-      <c r="L10" s="117"/>
-[...8 lines deleted...]
-      <c r="U10" s="117"/>
+      <c r="L10" s="129"/>
+      <c r="M10" s="129"/>
+      <c r="N10" s="129"/>
+      <c r="O10" s="129"/>
+      <c r="P10" s="129"/>
+      <c r="Q10" s="129"/>
+      <c r="R10" s="129"/>
+      <c r="S10" s="129"/>
+      <c r="T10" s="129"/>
+      <c r="U10" s="129"/>
     </row>
     <row r="11" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="29"/>
       <c r="B11" s="30">
         <f>'Control Entry'!N30</f>
         <v>0.1986111111111111</v>
       </c>
       <c r="C11" s="30">
         <f>'Control Entry'!O30</f>
         <v>0.45</v>
       </c>
       <c r="D11" s="31"/>
       <c r="E11" s="32" t="str">
         <f>IF(ISBLANK('Control Entry'!H30),"",'Control Entry'!H30)</f>
         <v>Beacon Park</v>
       </c>
       <c r="F11" s="88" t="str">
         <f>IF(ISBLANK('Control Entry'!K30),"",'Control Entry'!K30)</f>
         <v/>
       </c>
       <c r="G11" s="87"/>
       <c r="H11" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="K11" s="15"/>
-      <c r="L11" s="117"/>
-[...1 lines deleted...]
-      <c r="N11" s="117"/>
+      <c r="L11" s="129"/>
+      <c r="M11" s="129"/>
+      <c r="N11" s="129"/>
       <c r="O11" s="15"/>
       <c r="P11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="Q11" s="15"/>
       <c r="R11" s="15"/>
-      <c r="S11" s="121"/>
-[...1 lines deleted...]
-      <c r="U11" s="121"/>
+      <c r="S11" s="117"/>
+      <c r="T11" s="117"/>
+      <c r="U11" s="117"/>
     </row>
     <row r="12" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="25"/>
       <c r="B12" s="26">
         <f>'Control Entry'!N31</f>
         <v>0.22777777777777777</v>
       </c>
       <c r="C12" s="26">
         <f>'Control Entry'!O31</f>
         <v>0.51666666666666672</v>
       </c>
       <c r="D12" s="33"/>
       <c r="E12" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!F31),"",'Control Entry'!F31)</f>
         <v>INFORMATION</v>
       </c>
       <c r="F12" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!I31),"",'Control Entry'!I31)</f>
         <v>Year that the plaque was erected</v>
       </c>
       <c r="G12" s="85"/>
       <c r="H12" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="K12" s="15"/>
-      <c r="L12" s="117"/>
-[...1 lines deleted...]
-      <c r="N12" s="117"/>
+      <c r="L12" s="129"/>
+      <c r="M12" s="129"/>
+      <c r="N12" s="129"/>
       <c r="O12" s="15"/>
       <c r="P12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="Q12" s="15"/>
       <c r="R12" s="15"/>
-      <c r="S12" s="121"/>
-[...1 lines deleted...]
-      <c r="U12" s="121"/>
+      <c r="S12" s="117"/>
+      <c r="T12" s="117"/>
+      <c r="U12" s="117"/>
     </row>
     <row r="13" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="34">
         <f>IF(ISBLANK('Control Entry'!D31),"",'Control Entry'!D31)</f>
         <v>186.1</v>
       </c>
       <c r="B13" s="35">
         <f>'Control Entry'!N31</f>
         <v>0.22777777777777777</v>
       </c>
       <c r="C13" s="35">
         <f>'Control Entry'!O31</f>
         <v>0.51666666666666672</v>
       </c>
       <c r="D13" s="36" t="str">
         <f>IF(ISBLANK('Control Entry'!E31),"",'Control Entry'!E31)</f>
         <v xml:space="preserve">SAANICH </v>
       </c>
       <c r="E13" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!G31),"",'Control Entry'!G31)</f>
         <v>Memorial Trees plaque</v>
       </c>
       <c r="F13" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!J31),"",'Control Entry'!J31)</f>
         <v>19___</v>
       </c>
       <c r="G13" s="85"/>
       <c r="H13" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J13" s="15" t="s">
         <v>40</v>
       </c>
-      <c r="L13" s="120"/>
-[...1 lines deleted...]
-      <c r="N13" s="120"/>
+      <c r="L13" s="139"/>
+      <c r="M13" s="139"/>
+      <c r="N13" s="139"/>
       <c r="P13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="Q13" s="15"/>
-      <c r="R13" s="124"/>
-[...2 lines deleted...]
-      <c r="U13" s="124"/>
+      <c r="R13" s="118"/>
+      <c r="S13" s="118"/>
+      <c r="T13" s="118"/>
+      <c r="U13" s="118"/>
     </row>
     <row r="14" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A14" s="29"/>
       <c r="B14" s="30">
         <f>'Control Entry'!N31</f>
         <v>0.22777777777777777</v>
       </c>
       <c r="C14" s="30">
         <f>'Control Entry'!O31</f>
         <v>0.51666666666666672</v>
       </c>
       <c r="D14" s="31"/>
       <c r="E14" s="32" t="str">
         <f>IF(ISBLANK('Control Entry'!H31),"",'Control Entry'!H31)</f>
         <v>Shelbourne Ave centre median</v>
       </c>
       <c r="F14" s="88" t="str">
         <f>IF(ISBLANK('Control Entry'!K31),"",'Control Entry'!K31)</f>
         <v/>
       </c>
       <c r="G14" s="87"/>
       <c r="H14" s="24" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="25"/>
       <c r="B15" s="26">
         <f>'Control Entry'!N32</f>
         <v>0.24236111111111111</v>
       </c>
       <c r="C15" s="26">
         <f>'Control Entry'!O32</f>
         <v>0.54861111111111105</v>
       </c>
       <c r="D15" s="33"/>
       <c r="E15" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!F32),"",'Control Entry'!F32)</f>
         <v>INFORMATION</v>
       </c>
       <c r="F15" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!I32),"",'Control Entry'!I32)</f>
         <v xml:space="preserve">Bottom name on right: </v>
       </c>
       <c r="G15" s="85"/>
       <c r="H15" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J15" s="15"/>
-      <c r="L15" s="113" t="s">
+      <c r="L15" s="133" t="s">
         <v>58</v>
       </c>
-      <c r="M15" s="113"/>
-[...7 lines deleted...]
-      <c r="U15" s="113"/>
+      <c r="M15" s="133"/>
+      <c r="N15" s="133"/>
+      <c r="O15" s="133"/>
+      <c r="P15" s="133"/>
+      <c r="Q15" s="133"/>
+      <c r="R15" s="133"/>
+      <c r="S15" s="133"/>
+      <c r="T15" s="133"/>
+      <c r="U15" s="133"/>
     </row>
     <row r="16" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A16" s="34">
         <f>IF(ISBLANK('Control Entry'!D32),"",'Control Entry'!D32)</f>
         <v>197.6</v>
       </c>
       <c r="B16" s="35">
         <f>'Control Entry'!N32</f>
         <v>0.24236111111111111</v>
       </c>
       <c r="C16" s="35">
         <f>'Control Entry'!O32</f>
         <v>0.54861111111111105</v>
       </c>
       <c r="D16" s="36" t="str">
         <f>IF(ISBLANK('Control Entry'!E32),"",'Control Entry'!E32)</f>
         <v>VICTORIA</v>
       </c>
       <c r="E16" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!G32),"",'Control Entry'!G32)</f>
         <v>Chinese War Memorial</v>
       </c>
       <c r="F16" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!J32),"",'Control Entry'!J32)</f>
         <v>Yuen,______</v>
       </c>
       <c r="G16" s="85"/>
       <c r="H16" s="24" t="s">
         <v>29</v>
       </c>
-      <c r="L16" s="118"/>
-[...8 lines deleted...]
-      <c r="U16" s="118"/>
+      <c r="L16" s="137"/>
+      <c r="M16" s="137"/>
+      <c r="N16" s="137"/>
+      <c r="O16" s="137"/>
+      <c r="P16" s="137"/>
+      <c r="Q16" s="137"/>
+      <c r="R16" s="137"/>
+      <c r="S16" s="137"/>
+      <c r="T16" s="137"/>
+      <c r="U16" s="137"/>
     </row>
     <row r="17" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A17" s="29"/>
       <c r="B17" s="30">
         <f>'Control Entry'!N32</f>
         <v>0.24236111111111111</v>
       </c>
       <c r="C17" s="30">
         <f>'Control Entry'!O32</f>
         <v>0.54861111111111105</v>
       </c>
       <c r="D17" s="31"/>
       <c r="E17" s="32" t="str">
         <f>IF(ISBLANK('Control Entry'!H32),"",'Control Entry'!H32)</f>
         <v>Gate of Harmonious Interest</v>
       </c>
       <c r="F17" s="88" t="str">
         <f>IF(ISBLANK('Control Entry'!K32),"",'Control Entry'!K32)</f>
         <v/>
       </c>
       <c r="G17" s="87"/>
       <c r="H17" s="24" t="s">
         <v>29</v>
       </c>
     </row>
@@ -8211,138 +8211,138 @@
         <f>IF(ISBLANK('Control Entry'!H33),"",'Control Entry'!H33)</f>
         <v>Confederation Garden Court</v>
       </c>
       <c r="F20" s="88" t="str">
         <f>IF(ISBLANK('Control Entry'!K33),"",'Control Entry'!K33)</f>
         <v/>
       </c>
       <c r="G20" s="87"/>
       <c r="H20" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J20" s="50" t="s">
         <v>44</v>
       </c>
       <c r="K20" s="50"/>
       <c r="L20" s="140" t="str">
         <f>IF(ISBLANK('Control Entry'!B12),"",'Control Entry'!B12)</f>
         <v/>
       </c>
       <c r="M20" s="140"/>
       <c r="N20" s="140"/>
       <c r="P20" s="15" t="s">
         <v>0</v>
       </c>
       <c r="Q20" s="15"/>
-      <c r="S20" s="112">
+      <c r="S20" s="132">
         <f>IF(ISBLANK('Control Entry'!B13),"",'Control Entry'!B13)</f>
         <v>0</v>
       </c>
-      <c r="T20" s="112"/>
-      <c r="U20" s="112"/>
+      <c r="T20" s="132"/>
+      <c r="U20" s="132"/>
     </row>
     <row r="21" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="25"/>
       <c r="B21" s="26">
         <f>'Control Entry'!N34</f>
         <v>0.24652777777777779</v>
       </c>
       <c r="C21" s="26">
         <f>'Control Entry'!O34</f>
         <v>0.5625</v>
       </c>
       <c r="D21" s="33"/>
       <c r="E21" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!F34),"",'Control Entry'!F34)</f>
         <v>SELF CHECK</v>
       </c>
       <c r="F21" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!I34),"",'Control Entry'!I34)</f>
         <v>Take selfie at  totem pole or send GPS track ie: Strava</v>
       </c>
       <c r="G21" s="85"/>
       <c r="H21" s="24" t="s">
         <v>29</v>
       </c>
-      <c r="J21" s="114" t="s">
+      <c r="J21" s="134" t="s">
         <v>90</v>
       </c>
-      <c r="K21" s="114"/>
-[...9 lines deleted...]
-      <c r="U21" s="114"/>
+      <c r="K21" s="134"/>
+      <c r="L21" s="134"/>
+      <c r="M21" s="134"/>
+      <c r="N21" s="134"/>
+      <c r="O21" s="134"/>
+      <c r="P21" s="134"/>
+      <c r="Q21" s="134"/>
+      <c r="R21" s="134"/>
+      <c r="S21" s="134"/>
+      <c r="T21" s="134"/>
+      <c r="U21" s="134"/>
     </row>
     <row r="22" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A22" s="34">
         <f>IF(ISBLANK('Control Entry'!D34),"",'Control Entry'!D34)</f>
         <v>201.2</v>
       </c>
       <c r="B22" s="35">
         <f>'Control Entry'!N34</f>
         <v>0.24652777777777779</v>
       </c>
       <c r="C22" s="35">
         <f>'Control Entry'!O34</f>
         <v>0.5625</v>
       </c>
       <c r="D22" s="36" t="str">
         <f>IF(ISBLANK('Control Entry'!E34),"",'Control Entry'!E34)</f>
         <v>VICTORIA</v>
       </c>
       <c r="E22" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!G34),"",'Control Entry'!G34)</f>
         <v>BC Indians War Memorial</v>
       </c>
       <c r="F22" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!J34),"",'Control Entry'!J34)</f>
         <v/>
       </c>
       <c r="G22" s="85"/>
       <c r="H22" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J22" s="50" t="s">
         <v>45</v>
       </c>
       <c r="K22" s="50"/>
-      <c r="L22" s="119"/>
-[...1 lines deleted...]
-      <c r="N22" s="119"/>
+      <c r="L22" s="138"/>
+      <c r="M22" s="138"/>
+      <c r="N22" s="138"/>
       <c r="P22" s="15" t="s">
         <v>1</v>
       </c>
       <c r="Q22" s="15"/>
-      <c r="S22" s="115"/>
-[...1 lines deleted...]
-      <c r="U22" s="115"/>
+      <c r="S22" s="135"/>
+      <c r="T22" s="135"/>
+      <c r="U22" s="135"/>
     </row>
     <row r="23" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A23" s="29"/>
       <c r="B23" s="30">
         <f>'Control Entry'!N34</f>
         <v>0.24652777777777779</v>
       </c>
       <c r="C23" s="30">
         <f>'Control Entry'!O34</f>
         <v>0.5625</v>
       </c>
       <c r="D23" s="31"/>
       <c r="E23" s="32" t="str">
         <f>IF(ISBLANK('Control Entry'!H34),"",'Control Entry'!H34)</f>
         <v>Beacon Hill Park</v>
       </c>
       <c r="F23" s="88" t="str">
         <f>IF(ISBLANK('Control Entry'!K34),"",'Control Entry'!K34)</f>
         <v/>
       </c>
       <c r="G23" s="87"/>
       <c r="H23" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J23" s="50"/>
@@ -8354,99 +8354,99 @@
       <c r="Q23" s="15"/>
     </row>
     <row r="24" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A24" s="25"/>
       <c r="B24" s="26" t="str">
         <f>'Control Entry'!N35</f>
         <v/>
       </c>
       <c r="C24" s="26" t="str">
         <f>'Control Entry'!O35</f>
         <v/>
       </c>
       <c r="D24" s="33"/>
       <c r="E24" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!F35),"",'Control Entry'!F35)</f>
         <v/>
       </c>
       <c r="F24" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!I35),"",'Control Entry'!I35)</f>
         <v/>
       </c>
       <c r="G24" s="85"/>
       <c r="H24" s="24" t="s">
         <v>29</v>
       </c>
-      <c r="J24" s="115"/>
-[...3 lines deleted...]
-      <c r="N24" s="115"/>
+      <c r="J24" s="135"/>
+      <c r="K24" s="135"/>
+      <c r="L24" s="135"/>
+      <c r="M24" s="135"/>
+      <c r="N24" s="135"/>
       <c r="P24" s="15" t="s">
         <v>2</v>
       </c>
       <c r="Q24" s="15"/>
-      <c r="S24" s="115"/>
-[...1 lines deleted...]
-      <c r="U24" s="115"/>
+      <c r="S24" s="135"/>
+      <c r="T24" s="135"/>
+      <c r="U24" s="135"/>
     </row>
     <row r="25" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="34" t="str">
         <f>IF(ISBLANK('Control Entry'!D35),"",'Control Entry'!D35)</f>
         <v/>
       </c>
       <c r="B25" s="35" t="str">
         <f>'Control Entry'!N35</f>
         <v/>
       </c>
       <c r="C25" s="35" t="str">
         <f>'Control Entry'!O35</f>
         <v/>
       </c>
       <c r="D25" s="36" t="str">
         <f>IF(ISBLANK('Control Entry'!E35),"",'Control Entry'!E35)</f>
         <v/>
       </c>
       <c r="E25" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!G35),"",'Control Entry'!G35)</f>
         <v/>
       </c>
       <c r="F25" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!J35),"",'Control Entry'!J35)</f>
         <v/>
       </c>
       <c r="G25" s="85"/>
       <c r="H25" s="24" t="s">
         <v>29</v>
       </c>
-      <c r="J25" s="110" t="s">
+      <c r="J25" s="130" t="s">
         <v>17</v>
       </c>
-      <c r="K25" s="110"/>
-[...2 lines deleted...]
-      <c r="N25" s="110"/>
+      <c r="K25" s="130"/>
+      <c r="L25" s="130"/>
+      <c r="M25" s="130"/>
+      <c r="N25" s="130"/>
       <c r="O25" s="46"/>
       <c r="P25" s="109"/>
       <c r="Q25" s="109"/>
       <c r="R25" s="46"/>
       <c r="S25" s="107"/>
       <c r="T25" s="107"/>
       <c r="U25" s="107"/>
       <c r="V25" s="107"/>
     </row>
     <row r="26" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A26" s="29"/>
       <c r="B26" s="30" t="str">
         <f>'Control Entry'!N35</f>
         <v/>
       </c>
       <c r="C26" s="30" t="str">
         <f>'Control Entry'!O35</f>
         <v/>
       </c>
       <c r="D26" s="31"/>
       <c r="E26" s="32" t="str">
         <f>IF(ISBLANK('Control Entry'!H35),"",'Control Entry'!H35)</f>
         <v/>
       </c>
       <c r="F26" s="88" t="str">
@@ -8459,51 +8459,51 @@
       </c>
     </row>
     <row r="27" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="25"/>
       <c r="B27" s="26" t="str">
         <f>'Control Entry'!N36</f>
         <v/>
       </c>
       <c r="C27" s="26" t="str">
         <f>'Control Entry'!O36</f>
         <v/>
       </c>
       <c r="D27" s="33"/>
       <c r="E27" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!F36),"",'Control Entry'!F36)</f>
         <v/>
       </c>
       <c r="F27" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!I36),"",'Control Entry'!I36)</f>
         <v/>
       </c>
       <c r="G27" s="85"/>
       <c r="H27" s="24" t="s">
         <v>29</v>
       </c>
-      <c r="K27" s="108" t="s">
+      <c r="K27" s="116" t="s">
         <v>56</v>
       </c>
       <c r="L27" s="109"/>
       <c r="M27" s="45" t="s">
         <v>57</v>
       </c>
       <c r="N27" s="109" t="s">
         <v>49</v>
       </c>
       <c r="O27" s="109"/>
       <c r="P27" s="109" t="s">
         <v>50</v>
       </c>
       <c r="Q27" s="109"/>
       <c r="R27" s="46" t="s">
         <v>51</v>
       </c>
       <c r="S27" s="107" t="s">
         <v>52</v>
       </c>
       <c r="T27" s="107"/>
       <c r="U27" s="107" t="s">
         <v>53</v>
       </c>
       <c r="V27" s="107"/>
@@ -8539,60 +8539,60 @@
       </c>
     </row>
     <row r="29" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A29" s="29"/>
       <c r="B29" s="30" t="str">
         <f>'Control Entry'!N36</f>
         <v/>
       </c>
       <c r="C29" s="30" t="str">
         <f>'Control Entry'!O36</f>
         <v/>
       </c>
       <c r="D29" s="31"/>
       <c r="E29" s="32" t="str">
         <f>IF(ISBLANK('Control Entry'!H36),"",'Control Entry'!H36)</f>
         <v/>
       </c>
       <c r="F29" s="88" t="str">
         <f>IF(ISBLANK('Control Entry'!K36),"",'Control Entry'!K36)</f>
         <v/>
       </c>
       <c r="G29" s="87"/>
       <c r="H29" s="24" t="s">
         <v>29</v>
       </c>
-      <c r="M29" s="136" t="s">
+      <c r="M29" s="108" t="s">
         <v>42</v>
       </c>
-      <c r="N29" s="136"/>
-[...5 lines deleted...]
-      <c r="T29" s="136"/>
+      <c r="N29" s="108"/>
+      <c r="O29" s="108"/>
+      <c r="P29" s="108"/>
+      <c r="Q29" s="108"/>
+      <c r="R29" s="108"/>
+      <c r="S29" s="108"/>
+      <c r="T29" s="108"/>
       <c r="U29" s="49"/>
     </row>
     <row r="30" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="25"/>
       <c r="B30" s="26" t="str">
         <f>'Control Entry'!N37</f>
         <v/>
       </c>
       <c r="C30" s="26" t="str">
         <f>'Control Entry'!O37</f>
         <v/>
       </c>
       <c r="D30" s="33"/>
       <c r="E30" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!F37),"",'Control Entry'!F37)</f>
         <v/>
       </c>
       <c r="F30" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!I37),"",'Control Entry'!I37)</f>
         <v/>
       </c>
       <c r="G30" s="85"/>
       <c r="H30" s="24" t="s">
         <v>29</v>
       </c>
@@ -8640,170 +8640,170 @@
       <c r="T31" s="20"/>
     </row>
     <row r="32" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A32" s="29"/>
       <c r="B32" s="30" t="str">
         <f>'Control Entry'!N37</f>
         <v/>
       </c>
       <c r="C32" s="30" t="str">
         <f>'Control Entry'!O37</f>
         <v/>
       </c>
       <c r="D32" s="31"/>
       <c r="E32" s="32" t="str">
         <f>IF(ISBLANK('Control Entry'!H37),"",'Control Entry'!H37)</f>
         <v/>
       </c>
       <c r="F32" s="88" t="str">
         <f>IF(ISBLANK('Control Entry'!K37),"",'Control Entry'!K37)</f>
         <v/>
       </c>
       <c r="G32" s="87"/>
       <c r="H32" s="24" t="s">
         <v>29</v>
       </c>
-      <c r="M32" s="128" t="s">
+      <c r="M32" s="121" t="s">
         <v>82</v>
       </c>
-      <c r="N32" s="129"/>
-[...2 lines deleted...]
-      <c r="Q32" s="131">
+      <c r="N32" s="122"/>
+      <c r="O32" s="122"/>
+      <c r="P32" s="123"/>
+      <c r="Q32" s="124">
         <f>'Control Entry'!B3</f>
         <v>44700</v>
       </c>
-      <c r="R32" s="132"/>
-[...1 lines deleted...]
-      <c r="T32" s="133"/>
+      <c r="R32" s="125"/>
+      <c r="S32" s="125"/>
+      <c r="T32" s="126"/>
     </row>
     <row r="33" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="123" t="s">
+      <c r="A33" s="115" t="s">
         <v>43</v>
       </c>
-      <c r="B33" s="123"/>
-[...4 lines deleted...]
-      <c r="G33" s="123"/>
+      <c r="B33" s="115"/>
+      <c r="C33" s="115"/>
+      <c r="D33" s="115"/>
+      <c r="E33" s="115"/>
+      <c r="F33" s="115"/>
+      <c r="G33" s="115"/>
       <c r="H33" s="37"/>
       <c r="I33" s="37"/>
-      <c r="M33" s="137" t="s">
+      <c r="M33" s="110" t="s">
         <v>86</v>
       </c>
-      <c r="N33" s="138"/>
-[...2 lines deleted...]
-      <c r="Q33" s="139">
+      <c r="N33" s="111"/>
+      <c r="O33" s="111"/>
+      <c r="P33" s="111"/>
+      <c r="Q33" s="112">
         <f>'Control Entry'!B4</f>
         <v>44870</v>
       </c>
-      <c r="R33" s="126"/>
-[...1 lines deleted...]
-      <c r="T33" s="126"/>
+      <c r="R33" s="113"/>
+      <c r="S33" s="113"/>
+      <c r="T33" s="113"/>
       <c r="V33" s="44"/>
     </row>
     <row r="34" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34" s="42"/>
     </row>
     <row r="35" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35"/>
-      <c r="N35" s="136"/>
-[...6 lines deleted...]
-      <c r="U35" s="136"/>
+      <c r="N35" s="108"/>
+      <c r="O35" s="108"/>
+      <c r="P35" s="108"/>
+      <c r="Q35" s="108"/>
+      <c r="R35" s="108"/>
+      <c r="S35" s="108"/>
+      <c r="T35" s="108"/>
+      <c r="U35" s="108"/>
     </row>
     <row r="36" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A36"/>
     </row>
     <row r="37" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A37"/>
     </row>
     <row r="38" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38"/>
       <c r="N38" s="15"/>
     </row>
     <row r="39" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A39"/>
     </row>
     <row r="40" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A40"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="DiqJ+JOYBhoyZ1m99XU4D8NDihYKDATVeEm7KPe0KaI0+RIl/s0HliAQDBep4bratR5dvcZSaZLG/PV3ddwAYA==" saltValue="BtrAYkICphSvoTgltO5kCQ==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatCells="0" selectLockedCells="1"/>
   <mergeCells count="42">
+    <mergeCell ref="L16:U16"/>
+    <mergeCell ref="L22:N22"/>
+    <mergeCell ref="S22:U22"/>
+    <mergeCell ref="L11:N11"/>
+    <mergeCell ref="S11:U11"/>
+    <mergeCell ref="L12:N12"/>
+    <mergeCell ref="S12:U12"/>
+    <mergeCell ref="L13:N13"/>
+    <mergeCell ref="R13:U13"/>
+    <mergeCell ref="J21:U21"/>
+    <mergeCell ref="U27:V27"/>
+    <mergeCell ref="M33:P33"/>
+    <mergeCell ref="J24:N24"/>
+    <mergeCell ref="A1:G1"/>
+    <mergeCell ref="K2:U2"/>
+    <mergeCell ref="M4:T4"/>
+    <mergeCell ref="N5:O5"/>
+    <mergeCell ref="R5:U5"/>
+    <mergeCell ref="O3:R3"/>
+    <mergeCell ref="S24:U24"/>
+    <mergeCell ref="Q33:T33"/>
+    <mergeCell ref="L20:N20"/>
+    <mergeCell ref="L6:U6"/>
+    <mergeCell ref="T8:U8"/>
+    <mergeCell ref="L9:U9"/>
+    <mergeCell ref="L10:U10"/>
     <mergeCell ref="M32:P32"/>
     <mergeCell ref="Q32:T32"/>
     <mergeCell ref="A33:G33"/>
     <mergeCell ref="N35:U35"/>
     <mergeCell ref="L8:Q8"/>
     <mergeCell ref="M29:T29"/>
     <mergeCell ref="L15:U15"/>
     <mergeCell ref="S20:U20"/>
     <mergeCell ref="J25:N25"/>
     <mergeCell ref="P25:Q25"/>
     <mergeCell ref="S25:T25"/>
     <mergeCell ref="U25:V25"/>
     <mergeCell ref="K27:L27"/>
     <mergeCell ref="N27:O27"/>
     <mergeCell ref="P27:Q27"/>
     <mergeCell ref="S27:T27"/>
-    <mergeCell ref="U27:V27"/>
-[...24 lines deleted...]
-    <mergeCell ref="J21:U21"/>
   </mergeCells>
   <phoneticPr fontId="16" type="noConversion"/>
   <conditionalFormatting sqref="P22:U24">
     <cfRule type="expression" dxfId="14" priority="4">
       <formula>$S$3="#2"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K27:V27">
     <cfRule type="expression" dxfId="13" priority="3">
       <formula>$S$3="#2"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J22:N22">
     <cfRule type="expression" dxfId="12" priority="2">
       <formula>$S$3="#2"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J21:U21">
     <cfRule type="expression" dxfId="11" priority="1">
       <formula>$S$3&lt;&gt;"#2"</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.2" header="0.51" footer="0.51"/>
   <pageSetup scale="45" orientation="landscape" horizontalDpi="4294967292" verticalDpi="4294967292"/>
@@ -8820,262 +8820,262 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0984409A-CD2B-D847-B15D-2D9B75969139}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:V40"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="A13" zoomScale="92" zoomScaleNormal="92" zoomScalePageLayoutView="92" workbookViewId="0">
       <selection activeCell="F15" sqref="F15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="13" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="8.5" style="1" customWidth="1"/>
     <col min="2" max="2" width="11.5" customWidth="1"/>
     <col min="3" max="3" width="11.6640625" customWidth="1"/>
     <col min="4" max="4" width="18" customWidth="1"/>
     <col min="5" max="5" width="23.83203125" customWidth="1"/>
     <col min="6" max="6" width="42" customWidth="1"/>
     <col min="7" max="7" width="13.5" customWidth="1"/>
     <col min="8" max="8" width="8" customWidth="1"/>
     <col min="9" max="9" width="12" customWidth="1"/>
     <col min="18" max="19" width="8.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" ht="21" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="122" t="s">
+      <c r="A1" s="114" t="s">
         <v>74</v>
       </c>
-      <c r="B1" s="122"/>
-[...4 lines deleted...]
-      <c r="G1" s="122"/>
+      <c r="B1" s="114"/>
+      <c r="C1" s="114"/>
+      <c r="D1" s="114"/>
+      <c r="E1" s="114"/>
+      <c r="F1" s="114"/>
+      <c r="G1" s="114"/>
       <c r="H1" s="24" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="2" spans="1:22" ht="33.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A2" s="65" t="s">
         <v>30</v>
       </c>
       <c r="B2" s="9" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="9" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E2" s="9" t="s">
         <v>31</v>
       </c>
       <c r="F2" s="9" t="s">
         <v>59</v>
       </c>
       <c r="G2" s="65" t="s">
         <v>32</v>
       </c>
       <c r="H2" s="24" t="s">
         <v>29</v>
       </c>
-      <c r="K2" s="126" t="s">
+      <c r="K2" s="113" t="s">
         <v>55</v>
       </c>
-      <c r="L2" s="126"/>
-[...8 lines deleted...]
-      <c r="U2" s="126"/>
+      <c r="L2" s="113"/>
+      <c r="M2" s="113"/>
+      <c r="N2" s="113"/>
+      <c r="O2" s="113"/>
+      <c r="P2" s="113"/>
+      <c r="Q2" s="113"/>
+      <c r="R2" s="113"/>
+      <c r="S2" s="113"/>
+      <c r="T2" s="113"/>
+      <c r="U2" s="113"/>
     </row>
     <row r="3" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A3" s="25"/>
       <c r="B3" s="26" t="str">
         <f>'Control Entry'!N41</f>
         <v/>
       </c>
       <c r="C3" s="26" t="str">
         <f>'Control Entry'!O41</f>
         <v/>
       </c>
       <c r="D3" s="27"/>
       <c r="E3" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!F41),"",'Control Entry'!F41)</f>
         <v/>
       </c>
       <c r="F3" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!I41),"",'Control Entry'!I41)</f>
         <v/>
       </c>
       <c r="G3" s="85"/>
       <c r="H3" s="24" t="s">
         <v>29</v>
       </c>
       <c r="K3" s="14"/>
-      <c r="O3" s="111" t="s">
+      <c r="O3" s="131" t="s">
         <v>73</v>
       </c>
-      <c r="P3" s="111"/>
-[...1 lines deleted...]
-      <c r="R3" s="111"/>
+      <c r="P3" s="131"/>
+      <c r="Q3" s="131"/>
+      <c r="R3" s="131"/>
       <c r="S3" s="75" t="str">
         <f>IF('Control Entry'!D41&lt;&gt;0,"#3",IF(AND('Control Entry'!D41=0,'Control Entry'!D54&lt;&gt;0),"#1",""))</f>
         <v/>
       </c>
       <c r="T3" s="76"/>
       <c r="U3" s="38"/>
     </row>
     <row r="4" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="34" t="str">
         <f>IF(ISBLANK('Control Entry'!D41),"",'Control Entry'!D41)</f>
         <v/>
       </c>
       <c r="B4" s="35" t="str">
         <f>'Control Entry'!N41</f>
         <v/>
       </c>
       <c r="C4" s="35" t="str">
         <f>'Control Entry'!O41</f>
         <v/>
       </c>
       <c r="D4" s="36" t="str">
         <f>IF(ISBLANK('Control Entry'!E41),"",'Control Entry'!E41)</f>
         <v/>
       </c>
       <c r="E4" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!G41),"",'Control Entry'!G41)</f>
         <v/>
       </c>
       <c r="F4" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!J41),"",'Control Entry'!J41)</f>
         <v/>
       </c>
       <c r="G4" s="85"/>
       <c r="H4" s="24" t="s">
         <v>29</v>
       </c>
       <c r="K4" s="14"/>
-      <c r="M4" s="108" t="str">
+      <c r="M4" s="116" t="str">
         <f>IF(ISBLANK(brevet),"",brevet&amp;" km Randonnée")</f>
         <v>200 km Randonnée</v>
       </c>
-      <c r="N4" s="108"/>
-[...5 lines deleted...]
-      <c r="T4" s="108"/>
+      <c r="N4" s="116"/>
+      <c r="O4" s="116"/>
+      <c r="P4" s="116"/>
+      <c r="Q4" s="116"/>
+      <c r="R4" s="116"/>
+      <c r="S4" s="116"/>
+      <c r="T4" s="116"/>
       <c r="U4" s="39"/>
     </row>
     <row r="5" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A5" s="29"/>
       <c r="B5" s="30" t="str">
         <f>'Control Entry'!N41</f>
         <v/>
       </c>
       <c r="C5" s="30" t="str">
         <f>'Control Entry'!O41</f>
         <v/>
       </c>
       <c r="D5" s="31"/>
       <c r="E5" s="32" t="str">
         <f>IF(ISBLANK('Control Entry'!H41),"",'Control Entry'!H41)</f>
         <v/>
       </c>
       <c r="F5" s="88" t="str">
         <f>IF(ISBLANK('Control Entry'!K41),"",'Control Entry'!K41)</f>
         <v/>
       </c>
       <c r="G5" s="87"/>
       <c r="H5" s="24" t="s">
         <v>29</v>
       </c>
       <c r="K5" s="14"/>
       <c r="M5" s="15"/>
       <c r="N5" s="107" t="s">
         <v>47</v>
       </c>
       <c r="O5" s="107"/>
       <c r="P5" s="52">
         <f>IF(ISBLANK(Brevet_Number),"",Brevet_Number)</f>
         <v>5236</v>
       </c>
       <c r="Q5" s="53"/>
-      <c r="R5" s="125" t="str">
+      <c r="R5" s="119" t="str">
         <f>IF(ISBLANK('Control Entry'!$B10),"",'Control Entry'!$B10)</f>
         <v/>
       </c>
-      <c r="S5" s="125"/>
-[...1 lines deleted...]
-      <c r="U5" s="125"/>
+      <c r="S5" s="119"/>
+      <c r="T5" s="119"/>
+      <c r="U5" s="119"/>
       <c r="V5" s="40"/>
     </row>
     <row r="6" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="25"/>
       <c r="B6" s="26" t="str">
         <f>'Control Entry'!N42</f>
         <v/>
       </c>
       <c r="C6" s="26" t="str">
         <f>'Control Entry'!O42</f>
         <v/>
       </c>
       <c r="D6" s="33"/>
       <c r="E6" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!F42),"",'Control Entry'!F42)</f>
         <v/>
       </c>
       <c r="F6" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!I42),"",'Control Entry'!I42)</f>
         <v/>
       </c>
       <c r="G6" s="85"/>
       <c r="H6" s="24" t="s">
         <v>29</v>
       </c>
       <c r="K6" s="14"/>
-      <c r="L6" s="114" t="str">
+      <c r="L6" s="134" t="str">
         <f>IF(ISBLANK(Brevet_Description),"",Brevet_Description)</f>
         <v>Permanent #232: VI Remembrance Day 2022</v>
       </c>
-      <c r="M6" s="114"/>
-[...7 lines deleted...]
-      <c r="U6" s="114"/>
+      <c r="M6" s="134"/>
+      <c r="N6" s="134"/>
+      <c r="O6" s="134"/>
+      <c r="P6" s="134"/>
+      <c r="Q6" s="134"/>
+      <c r="R6" s="134"/>
+      <c r="S6" s="134"/>
+      <c r="T6" s="134"/>
+      <c r="U6" s="134"/>
     </row>
     <row r="7" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="34" t="str">
         <f>IF(ISBLANK('Control Entry'!D42),"",'Control Entry'!D42)</f>
         <v/>
       </c>
       <c r="B7" s="35" t="str">
         <f>'Control Entry'!N42</f>
         <v/>
       </c>
       <c r="C7" s="35" t="str">
         <f>'Control Entry'!O42</f>
         <v/>
       </c>
       <c r="D7" s="36" t="str">
         <f>IF(ISBLANK('Control Entry'!E42),"",'Control Entry'!E42)</f>
         <v/>
       </c>
       <c r="E7" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!G42),"",'Control Entry'!G42)</f>
         <v/>
       </c>
       <c r="F7" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!J42),"",'Control Entry'!J42)</f>
         <v/>
@@ -9089,328 +9089,328 @@
       <c r="A8" s="29"/>
       <c r="B8" s="30" t="str">
         <f>'Control Entry'!N42</f>
         <v/>
       </c>
       <c r="C8" s="30" t="str">
         <f>'Control Entry'!O42</f>
         <v/>
       </c>
       <c r="D8" s="31"/>
       <c r="E8" s="32" t="str">
         <f>IF(ISBLANK('Control Entry'!H42),"",'Control Entry'!H42)</f>
         <v/>
       </c>
       <c r="F8" s="88" t="str">
         <f>IF(ISBLANK('Control Entry'!K42),"",'Control Entry'!K42)</f>
         <v/>
       </c>
       <c r="G8" s="87"/>
       <c r="H8" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J8" s="15" t="s">
         <v>34</v>
       </c>
-      <c r="L8" s="127"/>
-[...4 lines deleted...]
-      <c r="Q8" s="127"/>
+      <c r="L8" s="120"/>
+      <c r="M8" s="120"/>
+      <c r="N8" s="120"/>
+      <c r="O8" s="120"/>
+      <c r="P8" s="120"/>
+      <c r="Q8" s="120"/>
       <c r="S8" s="41" t="s">
         <v>46</v>
       </c>
-      <c r="T8" s="134"/>
-      <c r="U8" s="134"/>
+      <c r="T8" s="127"/>
+      <c r="U8" s="127"/>
     </row>
     <row r="9" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="25"/>
       <c r="B9" s="26" t="str">
         <f>'Control Entry'!N43</f>
         <v/>
       </c>
       <c r="C9" s="26" t="str">
         <f>'Control Entry'!O43</f>
         <v/>
       </c>
       <c r="D9" s="33"/>
       <c r="E9" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!F43),"",'Control Entry'!F43)</f>
         <v/>
       </c>
       <c r="F9" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!I43),"",'Control Entry'!I43)</f>
         <v/>
       </c>
       <c r="G9" s="85"/>
       <c r="H9" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J9" s="15" t="s">
         <v>35</v>
       </c>
       <c r="K9" s="15"/>
-      <c r="L9" s="116" t="s">
+      <c r="L9" s="136" t="s">
         <v>54</v>
       </c>
-      <c r="M9" s="116"/>
-[...7 lines deleted...]
-      <c r="U9" s="116"/>
+      <c r="M9" s="136"/>
+      <c r="N9" s="136"/>
+      <c r="O9" s="136"/>
+      <c r="P9" s="136"/>
+      <c r="Q9" s="136"/>
+      <c r="R9" s="136"/>
+      <c r="S9" s="136"/>
+      <c r="T9" s="136"/>
+      <c r="U9" s="136"/>
     </row>
     <row r="10" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="34" t="str">
         <f>IF(ISBLANK('Control Entry'!D43),"",'Control Entry'!D43)</f>
         <v/>
       </c>
       <c r="B10" s="35" t="str">
         <f>'Control Entry'!N43</f>
         <v/>
       </c>
       <c r="C10" s="35" t="str">
         <f>'Control Entry'!O43</f>
         <v/>
       </c>
       <c r="D10" s="36" t="str">
         <f>IF(ISBLANK('Control Entry'!E43),"",'Control Entry'!E43)</f>
         <v/>
       </c>
       <c r="E10" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!G43),"",'Control Entry'!G43)</f>
         <v/>
       </c>
       <c r="F10" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!J43),"",'Control Entry'!J43)</f>
         <v/>
       </c>
       <c r="G10" s="85"/>
       <c r="H10" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J10" s="15"/>
       <c r="K10" s="15"/>
-      <c r="L10" s="117"/>
-[...8 lines deleted...]
-      <c r="U10" s="117"/>
+      <c r="L10" s="129"/>
+      <c r="M10" s="129"/>
+      <c r="N10" s="129"/>
+      <c r="O10" s="129"/>
+      <c r="P10" s="129"/>
+      <c r="Q10" s="129"/>
+      <c r="R10" s="129"/>
+      <c r="S10" s="129"/>
+      <c r="T10" s="129"/>
+      <c r="U10" s="129"/>
     </row>
     <row r="11" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="29"/>
       <c r="B11" s="30" t="str">
         <f>'Control Entry'!N43</f>
         <v/>
       </c>
       <c r="C11" s="30" t="str">
         <f>'Control Entry'!O43</f>
         <v/>
       </c>
       <c r="D11" s="31"/>
       <c r="E11" s="32" t="str">
         <f>IF(ISBLANK('Control Entry'!H43),"",'Control Entry'!H43)</f>
         <v/>
       </c>
       <c r="F11" s="88" t="str">
         <f>IF(ISBLANK('Control Entry'!K43),"",'Control Entry'!K43)</f>
         <v/>
       </c>
       <c r="G11" s="87"/>
       <c r="H11" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="K11" s="15"/>
-      <c r="L11" s="117"/>
-[...1 lines deleted...]
-      <c r="N11" s="117"/>
+      <c r="L11" s="129"/>
+      <c r="M11" s="129"/>
+      <c r="N11" s="129"/>
       <c r="O11" s="15"/>
       <c r="P11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="Q11" s="15"/>
       <c r="R11" s="15"/>
-      <c r="S11" s="121"/>
-[...1 lines deleted...]
-      <c r="U11" s="121"/>
+      <c r="S11" s="117"/>
+      <c r="T11" s="117"/>
+      <c r="U11" s="117"/>
     </row>
     <row r="12" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="25"/>
       <c r="B12" s="26" t="str">
         <f>'Control Entry'!N44</f>
         <v/>
       </c>
       <c r="C12" s="26" t="str">
         <f>'Control Entry'!O44</f>
         <v/>
       </c>
       <c r="D12" s="33"/>
       <c r="E12" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!F44),"",'Control Entry'!F44)</f>
         <v/>
       </c>
       <c r="F12" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!I44),"",'Control Entry'!I44)</f>
         <v/>
       </c>
       <c r="G12" s="85"/>
       <c r="H12" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="K12" s="15"/>
-      <c r="L12" s="117"/>
-[...1 lines deleted...]
-      <c r="N12" s="117"/>
+      <c r="L12" s="129"/>
+      <c r="M12" s="129"/>
+      <c r="N12" s="129"/>
       <c r="O12" s="15"/>
       <c r="P12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="Q12" s="15"/>
       <c r="R12" s="15"/>
-      <c r="S12" s="121"/>
-[...1 lines deleted...]
-      <c r="U12" s="121"/>
+      <c r="S12" s="117"/>
+      <c r="T12" s="117"/>
+      <c r="U12" s="117"/>
     </row>
     <row r="13" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="34" t="str">
         <f>IF(ISBLANK('Control Entry'!D44),"",'Control Entry'!D44)</f>
         <v/>
       </c>
       <c r="B13" s="35" t="str">
         <f>'Control Entry'!N44</f>
         <v/>
       </c>
       <c r="C13" s="35" t="str">
         <f>'Control Entry'!O44</f>
         <v/>
       </c>
       <c r="D13" s="36" t="str">
         <f>IF(ISBLANK('Control Entry'!E44),"",'Control Entry'!E44)</f>
         <v/>
       </c>
       <c r="E13" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!G44),"",'Control Entry'!G44)</f>
         <v/>
       </c>
       <c r="F13" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!J44),"",'Control Entry'!J44)</f>
         <v/>
       </c>
       <c r="G13" s="85"/>
       <c r="H13" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J13" s="15" t="s">
         <v>40</v>
       </c>
-      <c r="L13" s="120"/>
-[...1 lines deleted...]
-      <c r="N13" s="120"/>
+      <c r="L13" s="139"/>
+      <c r="M13" s="139"/>
+      <c r="N13" s="139"/>
       <c r="P13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="Q13" s="15"/>
-      <c r="R13" s="124"/>
-[...2 lines deleted...]
-      <c r="U13" s="124"/>
+      <c r="R13" s="118"/>
+      <c r="S13" s="118"/>
+      <c r="T13" s="118"/>
+      <c r="U13" s="118"/>
     </row>
     <row r="14" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A14" s="29"/>
       <c r="B14" s="30" t="str">
         <f>'Control Entry'!N44</f>
         <v/>
       </c>
       <c r="C14" s="30" t="str">
         <f>'Control Entry'!O44</f>
         <v/>
       </c>
       <c r="D14" s="31"/>
       <c r="E14" s="32" t="str">
         <f>IF(ISBLANK('Control Entry'!H44),"",'Control Entry'!H44)</f>
         <v/>
       </c>
       <c r="F14" s="88" t="str">
         <f>IF(ISBLANK('Control Entry'!K44),"",'Control Entry'!K44)</f>
         <v/>
       </c>
       <c r="G14" s="87"/>
       <c r="H14" s="24" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="25"/>
       <c r="B15" s="26" t="str">
         <f>'Control Entry'!N45</f>
         <v/>
       </c>
       <c r="C15" s="26" t="str">
         <f>'Control Entry'!O45</f>
         <v/>
       </c>
       <c r="D15" s="33"/>
       <c r="E15" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!F45),"",'Control Entry'!F45)</f>
         <v/>
       </c>
       <c r="F15" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!I45),"",'Control Entry'!I45)</f>
         <v/>
       </c>
       <c r="G15" s="85"/>
       <c r="H15" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J15" s="15"/>
-      <c r="L15" s="113" t="s">
+      <c r="L15" s="133" t="s">
         <v>58</v>
       </c>
-      <c r="M15" s="113"/>
-[...7 lines deleted...]
-      <c r="U15" s="113"/>
+      <c r="M15" s="133"/>
+      <c r="N15" s="133"/>
+      <c r="O15" s="133"/>
+      <c r="P15" s="133"/>
+      <c r="Q15" s="133"/>
+      <c r="R15" s="133"/>
+      <c r="S15" s="133"/>
+      <c r="T15" s="133"/>
+      <c r="U15" s="133"/>
     </row>
     <row r="16" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A16" s="34" t="str">
         <f>IF(ISBLANK('Control Entry'!D45),"",'Control Entry'!D45)</f>
         <v/>
       </c>
       <c r="B16" s="35" t="str">
         <f>'Control Entry'!N45</f>
         <v/>
       </c>
       <c r="C16" s="35" t="str">
         <f>'Control Entry'!O45</f>
         <v/>
       </c>
       <c r="D16" s="36" t="str">
         <f>IF(ISBLANK('Control Entry'!E45),"",'Control Entry'!E45)</f>
         <v/>
       </c>
       <c r="E16" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!G45),"",'Control Entry'!G45)</f>
         <v/>
       </c>
       <c r="F16" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!J45),"",'Control Entry'!J45)</f>
         <v/>
@@ -9513,148 +9513,148 @@
       <c r="B20" s="30" t="str">
         <f>'Control Entry'!N46</f>
         <v/>
       </c>
       <c r="C20" s="30" t="str">
         <f>'Control Entry'!O46</f>
         <v/>
       </c>
       <c r="D20" s="31"/>
       <c r="E20" s="32" t="str">
         <f>IF(ISBLANK('Control Entry'!H46),"",'Control Entry'!H46)</f>
         <v/>
       </c>
       <c r="F20" s="88" t="str">
         <f>IF(ISBLANK('Control Entry'!K46),"",'Control Entry'!K46)</f>
         <v/>
       </c>
       <c r="G20" s="87"/>
       <c r="H20" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J20" s="50" t="s">
         <v>44</v>
       </c>
       <c r="K20" s="50"/>
-      <c r="L20" s="135" t="str">
+      <c r="L20" s="128" t="str">
         <f>IF(ISBLANK('Control Entry'!B12),"",'Control Entry'!B12)</f>
         <v/>
       </c>
-      <c r="M20" s="135"/>
-      <c r="N20" s="135"/>
+      <c r="M20" s="128"/>
+      <c r="N20" s="128"/>
       <c r="P20" s="15" t="s">
         <v>0</v>
       </c>
       <c r="Q20" s="15"/>
-      <c r="S20" s="112">
+      <c r="S20" s="132">
         <f>IF(ISBLANK('Control Entry'!B13),"",'Control Entry'!B13)</f>
         <v>0</v>
       </c>
-      <c r="T20" s="112"/>
-      <c r="U20" s="112"/>
+      <c r="T20" s="132"/>
+      <c r="U20" s="132"/>
     </row>
     <row r="21" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="25"/>
       <c r="B21" s="26" t="str">
         <f>'Control Entry'!N47</f>
         <v/>
       </c>
       <c r="C21" s="26" t="str">
         <f>'Control Entry'!O47</f>
         <v/>
       </c>
       <c r="D21" s="33"/>
       <c r="E21" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!F47),"",'Control Entry'!F47)</f>
         <v/>
       </c>
       <c r="F21" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!I47),"",'Control Entry'!I47)</f>
         <v/>
       </c>
       <c r="G21" s="85"/>
       <c r="H21" s="24" t="s">
         <v>29</v>
       </c>
-      <c r="J21" s="114" t="s">
+      <c r="J21" s="134" t="s">
         <v>90</v>
       </c>
-      <c r="K21" s="114"/>
-[...9 lines deleted...]
-      <c r="U21" s="114"/>
+      <c r="K21" s="134"/>
+      <c r="L21" s="134"/>
+      <c r="M21" s="134"/>
+      <c r="N21" s="134"/>
+      <c r="O21" s="134"/>
+      <c r="P21" s="134"/>
+      <c r="Q21" s="134"/>
+      <c r="R21" s="134"/>
+      <c r="S21" s="134"/>
+      <c r="T21" s="134"/>
+      <c r="U21" s="134"/>
     </row>
     <row r="22" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A22" s="34" t="str">
         <f>IF(ISBLANK('Control Entry'!D47),"",'Control Entry'!D47)</f>
         <v/>
       </c>
       <c r="B22" s="35" t="str">
         <f>'Control Entry'!N47</f>
         <v/>
       </c>
       <c r="C22" s="35" t="str">
         <f>'Control Entry'!O47</f>
         <v/>
       </c>
       <c r="D22" s="36" t="str">
         <f>IF(ISBLANK('Control Entry'!E47),"",'Control Entry'!E47)</f>
         <v/>
       </c>
       <c r="E22" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!G47),"",'Control Entry'!G47)</f>
         <v/>
       </c>
       <c r="F22" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!J47),"",'Control Entry'!J47)</f>
         <v/>
       </c>
       <c r="G22" s="85"/>
       <c r="H22" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J22" s="50" t="s">
         <v>45</v>
       </c>
       <c r="K22" s="50"/>
       <c r="L22" s="89"/>
       <c r="M22" s="89"/>
       <c r="N22" s="89"/>
       <c r="P22" s="15" t="s">
         <v>1</v>
       </c>
       <c r="Q22" s="15"/>
-      <c r="S22" s="115"/>
-[...1 lines deleted...]
-      <c r="U22" s="115"/>
+      <c r="S22" s="135"/>
+      <c r="T22" s="135"/>
+      <c r="U22" s="135"/>
     </row>
     <row r="23" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A23" s="29"/>
       <c r="B23" s="30" t="str">
         <f>'Control Entry'!N47</f>
         <v/>
       </c>
       <c r="C23" s="30" t="str">
         <f>'Control Entry'!O47</f>
         <v/>
       </c>
       <c r="D23" s="31"/>
       <c r="E23" s="32" t="str">
         <f>IF(ISBLANK('Control Entry'!H47),"",'Control Entry'!H47)</f>
         <v/>
       </c>
       <c r="F23" s="88" t="str">
         <f>IF(ISBLANK('Control Entry'!K47),"",'Control Entry'!K47)</f>
         <v/>
       </c>
       <c r="G23" s="87"/>
       <c r="H23" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J23" s="50"/>
@@ -9666,99 +9666,99 @@
       <c r="Q23" s="15"/>
     </row>
     <row r="24" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A24" s="25"/>
       <c r="B24" s="26" t="str">
         <f>'Control Entry'!N48</f>
         <v/>
       </c>
       <c r="C24" s="26" t="str">
         <f>'Control Entry'!O48</f>
         <v/>
       </c>
       <c r="D24" s="33"/>
       <c r="E24" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!F48),"",'Control Entry'!F48)</f>
         <v/>
       </c>
       <c r="F24" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!I48),"",'Control Entry'!I48)</f>
         <v/>
       </c>
       <c r="G24" s="85"/>
       <c r="H24" s="24" t="s">
         <v>29</v>
       </c>
-      <c r="J24" s="115"/>
-[...3 lines deleted...]
-      <c r="N24" s="115"/>
+      <c r="J24" s="135"/>
+      <c r="K24" s="135"/>
+      <c r="L24" s="135"/>
+      <c r="M24" s="135"/>
+      <c r="N24" s="135"/>
       <c r="P24" s="15" t="s">
         <v>2</v>
       </c>
       <c r="Q24" s="15"/>
-      <c r="S24" s="115"/>
-[...1 lines deleted...]
-      <c r="U24" s="115"/>
+      <c r="S24" s="135"/>
+      <c r="T24" s="135"/>
+      <c r="U24" s="135"/>
     </row>
     <row r="25" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="34" t="str">
         <f>IF(ISBLANK('Control Entry'!D48),"",'Control Entry'!D48)</f>
         <v/>
       </c>
       <c r="B25" s="35" t="str">
         <f>'Control Entry'!N48</f>
         <v/>
       </c>
       <c r="C25" s="35" t="str">
         <f>'Control Entry'!O48</f>
         <v/>
       </c>
       <c r="D25" s="36" t="str">
         <f>IF(ISBLANK('Control Entry'!E48),"",'Control Entry'!E48)</f>
         <v/>
       </c>
       <c r="E25" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!G48),"",'Control Entry'!G48)</f>
         <v/>
       </c>
       <c r="F25" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!J48),"",'Control Entry'!J48)</f>
         <v/>
       </c>
       <c r="G25" s="85"/>
       <c r="H25" s="24" t="s">
         <v>29</v>
       </c>
-      <c r="J25" s="110" t="s">
+      <c r="J25" s="130" t="s">
         <v>17</v>
       </c>
-      <c r="K25" s="110"/>
-[...2 lines deleted...]
-      <c r="N25" s="110"/>
+      <c r="K25" s="130"/>
+      <c r="L25" s="130"/>
+      <c r="M25" s="130"/>
+      <c r="N25" s="130"/>
       <c r="O25" s="46"/>
       <c r="P25" s="109"/>
       <c r="Q25" s="109"/>
       <c r="R25" s="46"/>
       <c r="S25" s="107"/>
       <c r="T25" s="107"/>
       <c r="U25" s="107"/>
       <c r="V25" s="107"/>
     </row>
     <row r="26" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A26" s="29"/>
       <c r="B26" s="30" t="str">
         <f>'Control Entry'!N48</f>
         <v/>
       </c>
       <c r="C26" s="30" t="str">
         <f>'Control Entry'!O48</f>
         <v/>
       </c>
       <c r="D26" s="31"/>
       <c r="E26" s="32" t="str">
         <f>IF(ISBLANK('Control Entry'!H48),"",'Control Entry'!H48)</f>
         <v/>
       </c>
       <c r="F26" s="88" t="str">
@@ -9771,51 +9771,51 @@
       </c>
     </row>
     <row r="27" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="25"/>
       <c r="B27" s="26" t="str">
         <f>'Control Entry'!N49</f>
         <v/>
       </c>
       <c r="C27" s="26" t="str">
         <f>'Control Entry'!O49</f>
         <v/>
       </c>
       <c r="D27" s="33"/>
       <c r="E27" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!F49),"",'Control Entry'!F49)</f>
         <v/>
       </c>
       <c r="F27" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!I49),"",'Control Entry'!I49)</f>
         <v/>
       </c>
       <c r="G27" s="85"/>
       <c r="H27" s="24" t="s">
         <v>29</v>
       </c>
-      <c r="K27" s="108" t="s">
+      <c r="K27" s="116" t="s">
         <v>56</v>
       </c>
       <c r="L27" s="109"/>
       <c r="M27" s="45" t="s">
         <v>57</v>
       </c>
       <c r="N27" s="109" t="s">
         <v>49</v>
       </c>
       <c r="O27" s="109"/>
       <c r="P27" s="109" t="s">
         <v>50</v>
       </c>
       <c r="Q27" s="109"/>
       <c r="R27" s="46" t="s">
         <v>51</v>
       </c>
       <c r="S27" s="107" t="s">
         <v>52</v>
       </c>
       <c r="T27" s="107"/>
       <c r="U27" s="107" t="s">
         <v>53</v>
       </c>
       <c r="V27" s="107"/>
@@ -9851,60 +9851,60 @@
       </c>
     </row>
     <row r="29" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A29" s="29"/>
       <c r="B29" s="30" t="str">
         <f>'Control Entry'!N49</f>
         <v/>
       </c>
       <c r="C29" s="30" t="str">
         <f>'Control Entry'!O49</f>
         <v/>
       </c>
       <c r="D29" s="31"/>
       <c r="E29" s="32" t="str">
         <f>IF(ISBLANK('Control Entry'!H49),"",'Control Entry'!H49)</f>
         <v/>
       </c>
       <c r="F29" s="88" t="str">
         <f>IF(ISBLANK('Control Entry'!K49),"",'Control Entry'!K49)</f>
         <v/>
       </c>
       <c r="G29" s="87"/>
       <c r="H29" s="24" t="s">
         <v>29</v>
       </c>
-      <c r="M29" s="136" t="s">
+      <c r="M29" s="108" t="s">
         <v>42</v>
       </c>
-      <c r="N29" s="136"/>
-[...5 lines deleted...]
-      <c r="T29" s="136"/>
+      <c r="N29" s="108"/>
+      <c r="O29" s="108"/>
+      <c r="P29" s="108"/>
+      <c r="Q29" s="108"/>
+      <c r="R29" s="108"/>
+      <c r="S29" s="108"/>
+      <c r="T29" s="108"/>
       <c r="U29" s="49"/>
     </row>
     <row r="30" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="25"/>
       <c r="B30" s="26" t="str">
         <f>'Control Entry'!N50</f>
         <v/>
       </c>
       <c r="C30" s="26" t="str">
         <f>'Control Entry'!O50</f>
         <v/>
       </c>
       <c r="D30" s="33"/>
       <c r="E30" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!F50),"",'Control Entry'!F50)</f>
         <v/>
       </c>
       <c r="F30" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!I50),"",'Control Entry'!I50)</f>
         <v/>
       </c>
       <c r="G30" s="85"/>
       <c r="H30" s="24" t="s">
         <v>29</v>
       </c>
@@ -9952,170 +9952,170 @@
       <c r="T31" s="20"/>
     </row>
     <row r="32" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A32" s="29"/>
       <c r="B32" s="30" t="str">
         <f>'Control Entry'!N50</f>
         <v/>
       </c>
       <c r="C32" s="30" t="str">
         <f>'Control Entry'!O50</f>
         <v/>
       </c>
       <c r="D32" s="31"/>
       <c r="E32" s="32" t="str">
         <f>IF(ISBLANK('Control Entry'!H50),"",'Control Entry'!H50)</f>
         <v/>
       </c>
       <c r="F32" s="88" t="str">
         <f>IF(ISBLANK('Control Entry'!K50),"",'Control Entry'!K50)</f>
         <v/>
       </c>
       <c r="G32" s="87"/>
       <c r="H32" s="24" t="s">
         <v>29</v>
       </c>
-      <c r="M32" s="128" t="s">
+      <c r="M32" s="121" t="s">
         <v>82</v>
       </c>
-      <c r="N32" s="129"/>
-[...2 lines deleted...]
-      <c r="Q32" s="131">
+      <c r="N32" s="122"/>
+      <c r="O32" s="122"/>
+      <c r="P32" s="123"/>
+      <c r="Q32" s="124">
         <f>'Control Entry'!B3</f>
         <v>44700</v>
       </c>
-      <c r="R32" s="132"/>
-[...1 lines deleted...]
-      <c r="T32" s="133"/>
+      <c r="R32" s="125"/>
+      <c r="S32" s="125"/>
+      <c r="T32" s="126"/>
     </row>
     <row r="33" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="123" t="s">
+      <c r="A33" s="115" t="s">
         <v>43</v>
       </c>
-      <c r="B33" s="123"/>
-[...4 lines deleted...]
-      <c r="G33" s="123"/>
+      <c r="B33" s="115"/>
+      <c r="C33" s="115"/>
+      <c r="D33" s="115"/>
+      <c r="E33" s="115"/>
+      <c r="F33" s="115"/>
+      <c r="G33" s="115"/>
       <c r="H33" s="37"/>
       <c r="I33" s="37"/>
-      <c r="M33" s="137" t="s">
+      <c r="M33" s="110" t="s">
         <v>86</v>
       </c>
-      <c r="N33" s="138"/>
-[...2 lines deleted...]
-      <c r="Q33" s="139">
+      <c r="N33" s="111"/>
+      <c r="O33" s="111"/>
+      <c r="P33" s="111"/>
+      <c r="Q33" s="112">
         <f>'Control Entry'!B4</f>
         <v>44870</v>
       </c>
-      <c r="R33" s="126"/>
-[...1 lines deleted...]
-      <c r="T33" s="126"/>
+      <c r="R33" s="113"/>
+      <c r="S33" s="113"/>
+      <c r="T33" s="113"/>
       <c r="U33" s="81"/>
       <c r="V33" s="44"/>
     </row>
     <row r="34" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34" s="42"/>
     </row>
     <row r="35" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35"/>
-      <c r="N35" s="136"/>
-[...6 lines deleted...]
-      <c r="U35" s="136"/>
+      <c r="N35" s="108"/>
+      <c r="O35" s="108"/>
+      <c r="P35" s="108"/>
+      <c r="Q35" s="108"/>
+      <c r="R35" s="108"/>
+      <c r="S35" s="108"/>
+      <c r="T35" s="108"/>
+      <c r="U35" s="108"/>
     </row>
     <row r="36" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A36"/>
     </row>
     <row r="37" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A37"/>
     </row>
     <row r="38" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38"/>
       <c r="N38" s="15"/>
     </row>
     <row r="39" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A39"/>
     </row>
     <row r="40" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A40"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="n04OlOPypxKiXZHfTF7SZ14P8gX/OWk/qktZJUCZqh+6Nv8BjLLr9UXJBNwuWtsY5jnC73Xiuu+JFtcLWZMoiA==" saltValue="FabpdyB7wrMR7nA5d9noMA==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatCells="0" selectLockedCells="1"/>
   <mergeCells count="41">
+    <mergeCell ref="S22:U22"/>
+    <mergeCell ref="J24:N24"/>
+    <mergeCell ref="S24:U24"/>
+    <mergeCell ref="S11:U11"/>
+    <mergeCell ref="L12:N12"/>
+    <mergeCell ref="S12:U12"/>
+    <mergeCell ref="L13:N13"/>
+    <mergeCell ref="R13:U13"/>
+    <mergeCell ref="J21:U21"/>
+    <mergeCell ref="M33:P33"/>
+    <mergeCell ref="Q33:T33"/>
+    <mergeCell ref="L20:N20"/>
+    <mergeCell ref="A33:G33"/>
+    <mergeCell ref="N35:U35"/>
+    <mergeCell ref="U27:V27"/>
+    <mergeCell ref="M29:T29"/>
+    <mergeCell ref="K27:L27"/>
+    <mergeCell ref="N27:O27"/>
+    <mergeCell ref="P27:Q27"/>
+    <mergeCell ref="S27:T27"/>
+    <mergeCell ref="J25:N25"/>
+    <mergeCell ref="P25:Q25"/>
+    <mergeCell ref="S25:T25"/>
+    <mergeCell ref="U25:V25"/>
+    <mergeCell ref="M32:P32"/>
     <mergeCell ref="Q32:T32"/>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="K2:U2"/>
     <mergeCell ref="M4:T4"/>
     <mergeCell ref="N5:O5"/>
     <mergeCell ref="R5:U5"/>
     <mergeCell ref="O3:R3"/>
     <mergeCell ref="L6:U6"/>
     <mergeCell ref="L8:Q8"/>
     <mergeCell ref="T8:U8"/>
     <mergeCell ref="L15:U15"/>
     <mergeCell ref="S20:U20"/>
     <mergeCell ref="L9:U9"/>
     <mergeCell ref="L10:U10"/>
     <mergeCell ref="L11:N11"/>
     <mergeCell ref="L16:U16"/>
-    <mergeCell ref="M33:P33"/>
-[...23 lines deleted...]
-    <mergeCell ref="J21:U21"/>
   </mergeCells>
   <conditionalFormatting sqref="P22:U24">
     <cfRule type="expression" dxfId="10" priority="4">
       <formula>$S$3="#3"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J22:N22">
     <cfRule type="expression" dxfId="9" priority="3">
       <formula>$S$3="#3"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K27:V27">
     <cfRule type="expression" dxfId="8" priority="2">
       <formula>$S$3="#3"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J21:U21">
     <cfRule type="expression" dxfId="7" priority="1">
       <formula>$S$3&lt;&gt;"#3"</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.2" header="0.51" footer="0.51"/>
   <pageSetup scale="45" orientation="landscape" horizontalDpi="4294967292" verticalDpi="4294967292"/>
   <ignoredErrors>
@@ -10129,262 +10129,262 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5DF6F177-8884-5D4F-9CF4-14229878B446}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:V40"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="A2" zoomScale="92" zoomScaleNormal="92" zoomScalePageLayoutView="92" workbookViewId="0">
       <selection activeCell="L8" sqref="L8:Q8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="13" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="8.5" style="1" customWidth="1"/>
     <col min="2" max="2" width="11.5" customWidth="1"/>
     <col min="3" max="3" width="11.6640625" customWidth="1"/>
     <col min="4" max="4" width="18" customWidth="1"/>
     <col min="5" max="5" width="23.83203125" customWidth="1"/>
     <col min="6" max="6" width="42" customWidth="1"/>
     <col min="7" max="7" width="13.5" customWidth="1"/>
     <col min="8" max="8" width="8" customWidth="1"/>
     <col min="9" max="9" width="12" customWidth="1"/>
     <col min="18" max="19" width="8.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" ht="21" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="122" t="s">
+      <c r="A1" s="114" t="s">
         <v>74</v>
       </c>
-      <c r="B1" s="122"/>
-[...4 lines deleted...]
-      <c r="G1" s="122"/>
+      <c r="B1" s="114"/>
+      <c r="C1" s="114"/>
+      <c r="D1" s="114"/>
+      <c r="E1" s="114"/>
+      <c r="F1" s="114"/>
+      <c r="G1" s="114"/>
       <c r="H1" s="24" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="2" spans="1:22" ht="33.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A2" s="65" t="s">
         <v>30</v>
       </c>
       <c r="B2" s="9" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="9" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="9" t="s">
         <v>25</v>
       </c>
       <c r="E2" s="9" t="s">
         <v>31</v>
       </c>
       <c r="F2" s="9" t="s">
         <v>59</v>
       </c>
       <c r="G2" s="65" t="s">
         <v>32</v>
       </c>
       <c r="H2" s="24" t="s">
         <v>29</v>
       </c>
-      <c r="K2" s="126" t="s">
+      <c r="K2" s="113" t="s">
         <v>55</v>
       </c>
-      <c r="L2" s="126"/>
-[...8 lines deleted...]
-      <c r="U2" s="126"/>
+      <c r="L2" s="113"/>
+      <c r="M2" s="113"/>
+      <c r="N2" s="113"/>
+      <c r="O2" s="113"/>
+      <c r="P2" s="113"/>
+      <c r="Q2" s="113"/>
+      <c r="R2" s="113"/>
+      <c r="S2" s="113"/>
+      <c r="T2" s="113"/>
+      <c r="U2" s="113"/>
     </row>
     <row r="3" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A3" s="25"/>
       <c r="B3" s="26" t="str">
         <f>'Control Entry'!N54</f>
         <v/>
       </c>
       <c r="C3" s="26" t="str">
         <f>'Control Entry'!O54</f>
         <v/>
       </c>
       <c r="D3" s="27"/>
       <c r="E3" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!F54),"",'Control Entry'!F54)</f>
         <v/>
       </c>
       <c r="F3" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!I54),"",'Control Entry'!I54)</f>
         <v/>
       </c>
       <c r="G3" s="85"/>
       <c r="H3" s="24" t="s">
         <v>29</v>
       </c>
       <c r="K3" s="14"/>
-      <c r="O3" s="111" t="s">
+      <c r="O3" s="131" t="s">
         <v>73</v>
       </c>
-      <c r="P3" s="111"/>
-[...1 lines deleted...]
-      <c r="R3" s="111"/>
+      <c r="P3" s="131"/>
+      <c r="Q3" s="131"/>
+      <c r="R3" s="131"/>
       <c r="S3" s="75" t="str">
         <f>IF(AND('Control Entry'!D41=0,'Control Entry'!D54&lt;&gt;0),"#2",IF('Control Entry'!D54=0,"","#4"))</f>
         <v/>
       </c>
       <c r="T3" s="76"/>
       <c r="U3" s="38"/>
     </row>
     <row r="4" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="34" t="str">
         <f>IF(ISBLANK('Control Entry'!D54),"",'Control Entry'!D54)</f>
         <v/>
       </c>
       <c r="B4" s="35" t="str">
         <f>'Control Entry'!N54</f>
         <v/>
       </c>
       <c r="C4" s="35" t="str">
         <f>'Control Entry'!O54</f>
         <v/>
       </c>
       <c r="D4" s="36" t="str">
         <f>IF(ISBLANK('Control Entry'!E54),"",'Control Entry'!E54)</f>
         <v/>
       </c>
       <c r="E4" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!G54),"",'Control Entry'!G54)</f>
         <v/>
       </c>
       <c r="F4" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!J54),"",'Control Entry'!J54)</f>
         <v/>
       </c>
       <c r="G4" s="85"/>
       <c r="H4" s="24" t="s">
         <v>29</v>
       </c>
       <c r="K4" s="14"/>
-      <c r="M4" s="108" t="str">
+      <c r="M4" s="116" t="str">
         <f>IF(ISBLANK(brevet),"",brevet&amp;" km Randonnée")</f>
         <v>200 km Randonnée</v>
       </c>
-      <c r="N4" s="108"/>
-[...5 lines deleted...]
-      <c r="T4" s="108"/>
+      <c r="N4" s="116"/>
+      <c r="O4" s="116"/>
+      <c r="P4" s="116"/>
+      <c r="Q4" s="116"/>
+      <c r="R4" s="116"/>
+      <c r="S4" s="116"/>
+      <c r="T4" s="116"/>
       <c r="U4" s="39"/>
     </row>
     <row r="5" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A5" s="29"/>
       <c r="B5" s="30" t="str">
         <f>'Control Entry'!N54</f>
         <v/>
       </c>
       <c r="C5" s="30" t="str">
         <f>'Control Entry'!O54</f>
         <v/>
       </c>
       <c r="D5" s="31"/>
       <c r="E5" s="32" t="str">
         <f>IF(ISBLANK('Control Entry'!H54),"",'Control Entry'!H54)</f>
         <v/>
       </c>
       <c r="F5" s="88" t="str">
         <f>IF(ISBLANK('Control Entry'!K54),"",'Control Entry'!K54)</f>
         <v/>
       </c>
       <c r="G5" s="87"/>
       <c r="H5" s="24" t="s">
         <v>29</v>
       </c>
       <c r="K5" s="14"/>
       <c r="M5" s="15"/>
       <c r="N5" s="107" t="s">
         <v>47</v>
       </c>
       <c r="O5" s="107"/>
       <c r="P5" s="52">
         <f>IF(ISBLANK(Brevet_Number),"",Brevet_Number)</f>
         <v>5236</v>
       </c>
       <c r="Q5" s="53"/>
-      <c r="R5" s="125" t="str">
+      <c r="R5" s="119" t="str">
         <f>IF(ISBLANK('Control Entry'!$B10),"",'Control Entry'!$B10)</f>
         <v/>
       </c>
-      <c r="S5" s="125"/>
-[...1 lines deleted...]
-      <c r="U5" s="125"/>
+      <c r="S5" s="119"/>
+      <c r="T5" s="119"/>
+      <c r="U5" s="119"/>
       <c r="V5" s="40"/>
     </row>
     <row r="6" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="25"/>
       <c r="B6" s="26" t="str">
         <f>'Control Entry'!N55</f>
         <v/>
       </c>
       <c r="C6" s="26" t="str">
         <f>'Control Entry'!O55</f>
         <v/>
       </c>
       <c r="D6" s="33"/>
       <c r="E6" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!F55),"",'Control Entry'!F55)</f>
         <v/>
       </c>
       <c r="F6" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!I55),"",'Control Entry'!I55)</f>
         <v/>
       </c>
       <c r="G6" s="85"/>
       <c r="H6" s="24" t="s">
         <v>29</v>
       </c>
       <c r="K6" s="14"/>
-      <c r="L6" s="114" t="str">
+      <c r="L6" s="134" t="str">
         <f>IF(ISBLANK(Brevet_Description),"",Brevet_Description)</f>
         <v>Permanent #232: VI Remembrance Day 2022</v>
       </c>
-      <c r="M6" s="114"/>
-[...7 lines deleted...]
-      <c r="U6" s="114"/>
+      <c r="M6" s="134"/>
+      <c r="N6" s="134"/>
+      <c r="O6" s="134"/>
+      <c r="P6" s="134"/>
+      <c r="Q6" s="134"/>
+      <c r="R6" s="134"/>
+      <c r="S6" s="134"/>
+      <c r="T6" s="134"/>
+      <c r="U6" s="134"/>
     </row>
     <row r="7" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="34" t="str">
         <f>IF(ISBLANK('Control Entry'!D55),"",'Control Entry'!D55)</f>
         <v/>
       </c>
       <c r="B7" s="35" t="str">
         <f>'Control Entry'!N55</f>
         <v/>
       </c>
       <c r="C7" s="35" t="str">
         <f>'Control Entry'!O55</f>
         <v/>
       </c>
       <c r="D7" s="36" t="str">
         <f>IF(ISBLANK('Control Entry'!E55),"",'Control Entry'!E55)</f>
         <v/>
       </c>
       <c r="E7" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!G55),"",'Control Entry'!G55)</f>
         <v/>
       </c>
       <c r="F7" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!J55),"",'Control Entry'!J55)</f>
         <v/>
@@ -10398,328 +10398,328 @@
       <c r="A8" s="29"/>
       <c r="B8" s="30" t="str">
         <f>'Control Entry'!N55</f>
         <v/>
       </c>
       <c r="C8" s="30" t="str">
         <f>'Control Entry'!O55</f>
         <v/>
       </c>
       <c r="D8" s="31"/>
       <c r="E8" s="32" t="str">
         <f>IF(ISBLANK('Control Entry'!H55),"",'Control Entry'!H55)</f>
         <v/>
       </c>
       <c r="F8" s="88" t="str">
         <f>IF(ISBLANK('Control Entry'!K55),"",'Control Entry'!K55)</f>
         <v/>
       </c>
       <c r="G8" s="87"/>
       <c r="H8" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J8" s="15" t="s">
         <v>34</v>
       </c>
-      <c r="L8" s="127"/>
-[...4 lines deleted...]
-      <c r="Q8" s="127"/>
+      <c r="L8" s="120"/>
+      <c r="M8" s="120"/>
+      <c r="N8" s="120"/>
+      <c r="O8" s="120"/>
+      <c r="P8" s="120"/>
+      <c r="Q8" s="120"/>
       <c r="S8" s="41" t="s">
         <v>46</v>
       </c>
-      <c r="T8" s="134"/>
-      <c r="U8" s="134"/>
+      <c r="T8" s="127"/>
+      <c r="U8" s="127"/>
     </row>
     <row r="9" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="25"/>
       <c r="B9" s="26" t="str">
         <f>'Control Entry'!N56</f>
         <v/>
       </c>
       <c r="C9" s="26" t="str">
         <f>'Control Entry'!O56</f>
         <v/>
       </c>
       <c r="D9" s="33"/>
       <c r="E9" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!F56),"",'Control Entry'!F56)</f>
         <v/>
       </c>
       <c r="F9" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!I56),"",'Control Entry'!I56)</f>
         <v/>
       </c>
       <c r="G9" s="85"/>
       <c r="H9" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J9" s="15" t="s">
         <v>35</v>
       </c>
       <c r="K9" s="15"/>
-      <c r="L9" s="116" t="s">
+      <c r="L9" s="136" t="s">
         <v>54</v>
       </c>
-      <c r="M9" s="116"/>
-[...7 lines deleted...]
-      <c r="U9" s="116"/>
+      <c r="M9" s="136"/>
+      <c r="N9" s="136"/>
+      <c r="O9" s="136"/>
+      <c r="P9" s="136"/>
+      <c r="Q9" s="136"/>
+      <c r="R9" s="136"/>
+      <c r="S9" s="136"/>
+      <c r="T9" s="136"/>
+      <c r="U9" s="136"/>
     </row>
     <row r="10" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="34" t="str">
         <f>IF(ISBLANK('Control Entry'!D56),"",'Control Entry'!D56)</f>
         <v/>
       </c>
       <c r="B10" s="35" t="str">
         <f>'Control Entry'!N56</f>
         <v/>
       </c>
       <c r="C10" s="35" t="str">
         <f>'Control Entry'!O56</f>
         <v/>
       </c>
       <c r="D10" s="36" t="str">
         <f>IF(ISBLANK('Control Entry'!E56),"",'Control Entry'!E56)</f>
         <v/>
       </c>
       <c r="E10" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!G56),"",'Control Entry'!G56)</f>
         <v/>
       </c>
       <c r="F10" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!J56),"",'Control Entry'!J56)</f>
         <v/>
       </c>
       <c r="G10" s="85"/>
       <c r="H10" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J10" s="15"/>
       <c r="K10" s="15"/>
-      <c r="L10" s="117"/>
-[...8 lines deleted...]
-      <c r="U10" s="117"/>
+      <c r="L10" s="129"/>
+      <c r="M10" s="129"/>
+      <c r="N10" s="129"/>
+      <c r="O10" s="129"/>
+      <c r="P10" s="129"/>
+      <c r="Q10" s="129"/>
+      <c r="R10" s="129"/>
+      <c r="S10" s="129"/>
+      <c r="T10" s="129"/>
+      <c r="U10" s="129"/>
     </row>
     <row r="11" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="29"/>
       <c r="B11" s="30" t="str">
         <f>'Control Entry'!N56</f>
         <v/>
       </c>
       <c r="C11" s="30" t="str">
         <f>'Control Entry'!O56</f>
         <v/>
       </c>
       <c r="D11" s="31"/>
       <c r="E11" s="32" t="str">
         <f>IF(ISBLANK('Control Entry'!H56),"",'Control Entry'!H56)</f>
         <v/>
       </c>
       <c r="F11" s="88" t="str">
         <f>IF(ISBLANK('Control Entry'!K56),"",'Control Entry'!K56)</f>
         <v/>
       </c>
       <c r="G11" s="87"/>
       <c r="H11" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="K11" s="15"/>
-      <c r="L11" s="117"/>
-[...1 lines deleted...]
-      <c r="N11" s="117"/>
+      <c r="L11" s="129"/>
+      <c r="M11" s="129"/>
+      <c r="N11" s="129"/>
       <c r="O11" s="15"/>
       <c r="P11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="Q11" s="15"/>
       <c r="R11" s="15"/>
-      <c r="S11" s="121"/>
-[...1 lines deleted...]
-      <c r="U11" s="121"/>
+      <c r="S11" s="117"/>
+      <c r="T11" s="117"/>
+      <c r="U11" s="117"/>
     </row>
     <row r="12" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="25"/>
       <c r="B12" s="26" t="str">
         <f>'Control Entry'!N57</f>
         <v/>
       </c>
       <c r="C12" s="26" t="str">
         <f>'Control Entry'!O57</f>
         <v/>
       </c>
       <c r="D12" s="33"/>
       <c r="E12" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!F57),"",'Control Entry'!F57)</f>
         <v/>
       </c>
       <c r="F12" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!I57),"",'Control Entry'!I57)</f>
         <v/>
       </c>
       <c r="G12" s="85"/>
       <c r="H12" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="K12" s="15"/>
-      <c r="L12" s="117"/>
-[...1 lines deleted...]
-      <c r="N12" s="117"/>
+      <c r="L12" s="129"/>
+      <c r="M12" s="129"/>
+      <c r="N12" s="129"/>
       <c r="O12" s="15"/>
       <c r="P12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="Q12" s="15"/>
       <c r="R12" s="15"/>
-      <c r="S12" s="121"/>
-[...1 lines deleted...]
-      <c r="U12" s="121"/>
+      <c r="S12" s="117"/>
+      <c r="T12" s="117"/>
+      <c r="U12" s="117"/>
     </row>
     <row r="13" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="34" t="str">
         <f>IF(ISBLANK('Control Entry'!D57),"",'Control Entry'!D57)</f>
         <v/>
       </c>
       <c r="B13" s="35" t="str">
         <f>'Control Entry'!N57</f>
         <v/>
       </c>
       <c r="C13" s="35" t="str">
         <f>'Control Entry'!O57</f>
         <v/>
       </c>
       <c r="D13" s="36" t="str">
         <f>IF(ISBLANK('Control Entry'!E57),"",'Control Entry'!E57)</f>
         <v/>
       </c>
       <c r="E13" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!G57),"",'Control Entry'!G57)</f>
         <v/>
       </c>
       <c r="F13" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!J57),"",'Control Entry'!J57)</f>
         <v/>
       </c>
       <c r="G13" s="85"/>
       <c r="H13" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J13" s="15" t="s">
         <v>40</v>
       </c>
-      <c r="L13" s="120"/>
-[...1 lines deleted...]
-      <c r="N13" s="120"/>
+      <c r="L13" s="139"/>
+      <c r="M13" s="139"/>
+      <c r="N13" s="139"/>
       <c r="P13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="Q13" s="15"/>
-      <c r="R13" s="124"/>
-[...2 lines deleted...]
-      <c r="U13" s="124"/>
+      <c r="R13" s="118"/>
+      <c r="S13" s="118"/>
+      <c r="T13" s="118"/>
+      <c r="U13" s="118"/>
     </row>
     <row r="14" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A14" s="29"/>
       <c r="B14" s="30" t="str">
         <f>'Control Entry'!N57</f>
         <v/>
       </c>
       <c r="C14" s="30" t="str">
         <f>'Control Entry'!O57</f>
         <v/>
       </c>
       <c r="D14" s="31"/>
       <c r="E14" s="32" t="str">
         <f>IF(ISBLANK('Control Entry'!H57),"",'Control Entry'!H57)</f>
         <v/>
       </c>
       <c r="F14" s="88" t="str">
         <f>IF(ISBLANK('Control Entry'!K57),"",'Control Entry'!K57)</f>
         <v/>
       </c>
       <c r="G14" s="87"/>
       <c r="H14" s="24" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="25"/>
       <c r="B15" s="26" t="str">
         <f>'Control Entry'!N58</f>
         <v/>
       </c>
       <c r="C15" s="26" t="str">
         <f>'Control Entry'!O58</f>
         <v/>
       </c>
       <c r="D15" s="33"/>
       <c r="E15" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!F58),"",'Control Entry'!F58)</f>
         <v/>
       </c>
       <c r="F15" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!I58),"",'Control Entry'!I58)</f>
         <v/>
       </c>
       <c r="G15" s="85"/>
       <c r="H15" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J15" s="15"/>
-      <c r="L15" s="113" t="s">
+      <c r="L15" s="133" t="s">
         <v>58</v>
       </c>
-      <c r="M15" s="113"/>
-[...7 lines deleted...]
-      <c r="U15" s="113"/>
+      <c r="M15" s="133"/>
+      <c r="N15" s="133"/>
+      <c r="O15" s="133"/>
+      <c r="P15" s="133"/>
+      <c r="Q15" s="133"/>
+      <c r="R15" s="133"/>
+      <c r="S15" s="133"/>
+      <c r="T15" s="133"/>
+      <c r="U15" s="133"/>
     </row>
     <row r="16" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A16" s="34" t="str">
         <f>IF(ISBLANK('Control Entry'!D58),"",'Control Entry'!D58)</f>
         <v/>
       </c>
       <c r="B16" s="35" t="str">
         <f>'Control Entry'!N58</f>
         <v/>
       </c>
       <c r="C16" s="35" t="str">
         <f>'Control Entry'!O58</f>
         <v/>
       </c>
       <c r="D16" s="36" t="str">
         <f>IF(ISBLANK('Control Entry'!E58),"",'Control Entry'!E58)</f>
         <v/>
       </c>
       <c r="E16" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!G58),"",'Control Entry'!G58)</f>
         <v/>
       </c>
       <c r="F16" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!J58),"",'Control Entry'!J58)</f>
         <v/>
@@ -10822,148 +10822,148 @@
       <c r="B20" s="30" t="str">
         <f>'Control Entry'!N59</f>
         <v/>
       </c>
       <c r="C20" s="30" t="str">
         <f>'Control Entry'!O59</f>
         <v/>
       </c>
       <c r="D20" s="31"/>
       <c r="E20" s="32" t="str">
         <f>IF(ISBLANK('Control Entry'!H59),"",'Control Entry'!H59)</f>
         <v/>
       </c>
       <c r="F20" s="88" t="str">
         <f>IF(ISBLANK('Control Entry'!K59),"",'Control Entry'!K59)</f>
         <v/>
       </c>
       <c r="G20" s="87"/>
       <c r="H20" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J20" s="50" t="s">
         <v>44</v>
       </c>
       <c r="K20" s="50"/>
-      <c r="L20" s="135" t="str">
+      <c r="L20" s="128" t="str">
         <f>IF(ISBLANK('Control Entry'!B12),"",'Control Entry'!B12)</f>
         <v/>
       </c>
-      <c r="M20" s="135"/>
-      <c r="N20" s="135"/>
+      <c r="M20" s="128"/>
+      <c r="N20" s="128"/>
       <c r="P20" s="15" t="s">
         <v>0</v>
       </c>
       <c r="Q20" s="15"/>
-      <c r="S20" s="112">
+      <c r="S20" s="132">
         <f>IF(ISBLANK('Control Entry'!B13),"",'Control Entry'!B13)</f>
         <v>0</v>
       </c>
-      <c r="T20" s="112"/>
-      <c r="U20" s="112"/>
+      <c r="T20" s="132"/>
+      <c r="U20" s="132"/>
     </row>
     <row r="21" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="25"/>
       <c r="B21" s="26" t="str">
         <f>'Control Entry'!N60</f>
         <v/>
       </c>
       <c r="C21" s="26" t="str">
         <f>'Control Entry'!O60</f>
         <v/>
       </c>
       <c r="D21" s="33"/>
       <c r="E21" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!F60),"",'Control Entry'!F60)</f>
         <v/>
       </c>
       <c r="F21" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!I60),"",'Control Entry'!I60)</f>
         <v/>
       </c>
       <c r="G21" s="85"/>
       <c r="H21" s="24" t="s">
         <v>29</v>
       </c>
-      <c r="J21" s="114" t="s">
+      <c r="J21" s="134" t="s">
         <v>90</v>
       </c>
-      <c r="K21" s="114"/>
-[...9 lines deleted...]
-      <c r="U21" s="114"/>
+      <c r="K21" s="134"/>
+      <c r="L21" s="134"/>
+      <c r="M21" s="134"/>
+      <c r="N21" s="134"/>
+      <c r="O21" s="134"/>
+      <c r="P21" s="134"/>
+      <c r="Q21" s="134"/>
+      <c r="R21" s="134"/>
+      <c r="S21" s="134"/>
+      <c r="T21" s="134"/>
+      <c r="U21" s="134"/>
     </row>
     <row r="22" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A22" s="34" t="str">
         <f>IF(ISBLANK('Control Entry'!D60),"",'Control Entry'!D60)</f>
         <v/>
       </c>
       <c r="B22" s="35" t="str">
         <f>'Control Entry'!N60</f>
         <v/>
       </c>
       <c r="C22" s="35" t="str">
         <f>'Control Entry'!O60</f>
         <v/>
       </c>
       <c r="D22" s="36" t="str">
         <f>IF(ISBLANK('Control Entry'!E60),"",'Control Entry'!E60)</f>
         <v/>
       </c>
       <c r="E22" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!G60),"",'Control Entry'!G60)</f>
         <v/>
       </c>
       <c r="F22" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!J60),"",'Control Entry'!J60)</f>
         <v/>
       </c>
       <c r="G22" s="85"/>
       <c r="H22" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J22" s="15" t="s">
         <v>45</v>
       </c>
       <c r="K22" s="15"/>
-      <c r="M22" s="115"/>
-[...1 lines deleted...]
-      <c r="O22" s="115"/>
+      <c r="M22" s="135"/>
+      <c r="N22" s="135"/>
+      <c r="O22" s="135"/>
       <c r="P22" s="15" t="s">
         <v>1</v>
       </c>
       <c r="Q22" s="15"/>
-      <c r="S22" s="115"/>
-[...1 lines deleted...]
-      <c r="U22" s="115"/>
+      <c r="S22" s="135"/>
+      <c r="T22" s="135"/>
+      <c r="U22" s="135"/>
     </row>
     <row r="23" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A23" s="29"/>
       <c r="B23" s="30" t="str">
         <f>'Control Entry'!N60</f>
         <v/>
       </c>
       <c r="C23" s="30" t="str">
         <f>'Control Entry'!O60</f>
         <v/>
       </c>
       <c r="D23" s="31"/>
       <c r="E23" s="32" t="str">
         <f>IF(ISBLANK('Control Entry'!H60),"",'Control Entry'!H60)</f>
         <v/>
       </c>
       <c r="F23" s="88" t="str">
         <f>IF(ISBLANK('Control Entry'!K60),"",'Control Entry'!K60)</f>
         <v/>
       </c>
       <c r="G23" s="87"/>
       <c r="H23" s="24" t="s">
         <v>29</v>
       </c>
       <c r="J23" s="50"/>
@@ -10975,99 +10975,99 @@
       <c r="Q23" s="15"/>
     </row>
     <row r="24" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A24" s="25"/>
       <c r="B24" s="26" t="str">
         <f>'Control Entry'!N61</f>
         <v/>
       </c>
       <c r="C24" s="26" t="str">
         <f>'Control Entry'!O61</f>
         <v/>
       </c>
       <c r="D24" s="33"/>
       <c r="E24" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!F61),"",'Control Entry'!F61)</f>
         <v/>
       </c>
       <c r="F24" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!I61),"",'Control Entry'!I61)</f>
         <v/>
       </c>
       <c r="G24" s="85"/>
       <c r="H24" s="24" t="s">
         <v>29</v>
       </c>
-      <c r="J24" s="115"/>
-[...3 lines deleted...]
-      <c r="N24" s="115"/>
+      <c r="J24" s="135"/>
+      <c r="K24" s="135"/>
+      <c r="L24" s="135"/>
+      <c r="M24" s="135"/>
+      <c r="N24" s="135"/>
       <c r="P24" s="15" t="s">
         <v>2</v>
       </c>
       <c r="Q24" s="15"/>
-      <c r="S24" s="115"/>
-[...1 lines deleted...]
-      <c r="U24" s="115"/>
+      <c r="S24" s="135"/>
+      <c r="T24" s="135"/>
+      <c r="U24" s="135"/>
     </row>
     <row r="25" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="34" t="str">
         <f>IF(ISBLANK('Control Entry'!D61),"",'Control Entry'!D61)</f>
         <v/>
       </c>
       <c r="B25" s="35" t="str">
         <f>'Control Entry'!N61</f>
         <v/>
       </c>
       <c r="C25" s="35" t="str">
         <f>'Control Entry'!O61</f>
         <v/>
       </c>
       <c r="D25" s="36" t="str">
         <f>IF(ISBLANK('Control Entry'!E61),"",'Control Entry'!E61)</f>
         <v/>
       </c>
       <c r="E25" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!G61),"",'Control Entry'!G61)</f>
         <v/>
       </c>
       <c r="F25" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!J61),"",'Control Entry'!J61)</f>
         <v/>
       </c>
       <c r="G25" s="85"/>
       <c r="H25" s="24" t="s">
         <v>29</v>
       </c>
-      <c r="J25" s="110" t="s">
+      <c r="J25" s="130" t="s">
         <v>17</v>
       </c>
-      <c r="K25" s="110"/>
-[...2 lines deleted...]
-      <c r="N25" s="110"/>
+      <c r="K25" s="130"/>
+      <c r="L25" s="130"/>
+      <c r="M25" s="130"/>
+      <c r="N25" s="130"/>
       <c r="O25" s="46"/>
       <c r="P25" s="109"/>
       <c r="Q25" s="109"/>
       <c r="R25" s="46"/>
       <c r="S25" s="107"/>
       <c r="T25" s="107"/>
       <c r="U25" s="107"/>
       <c r="V25" s="107"/>
     </row>
     <row r="26" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A26" s="29"/>
       <c r="B26" s="30" t="str">
         <f>'Control Entry'!N61</f>
         <v/>
       </c>
       <c r="C26" s="30" t="str">
         <f>'Control Entry'!O61</f>
         <v/>
       </c>
       <c r="D26" s="31"/>
       <c r="E26" s="32" t="str">
         <f>IF(ISBLANK('Control Entry'!H61),"",'Control Entry'!H61)</f>
         <v/>
       </c>
       <c r="F26" s="88" t="str">
@@ -11080,51 +11080,51 @@
       </c>
     </row>
     <row r="27" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="25"/>
       <c r="B27" s="26" t="str">
         <f>'Control Entry'!N62</f>
         <v/>
       </c>
       <c r="C27" s="26" t="str">
         <f>'Control Entry'!O62</f>
         <v/>
       </c>
       <c r="D27" s="33"/>
       <c r="E27" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!F62),"",'Control Entry'!F62)</f>
         <v/>
       </c>
       <c r="F27" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!I62),"",'Control Entry'!I62)</f>
         <v/>
       </c>
       <c r="G27" s="85"/>
       <c r="H27" s="24" t="s">
         <v>29</v>
       </c>
-      <c r="K27" s="108" t="s">
+      <c r="K27" s="116" t="s">
         <v>56</v>
       </c>
       <c r="L27" s="109"/>
       <c r="M27" s="45" t="s">
         <v>57</v>
       </c>
       <c r="N27" s="109" t="s">
         <v>49</v>
       </c>
       <c r="O27" s="109"/>
       <c r="P27" s="109" t="s">
         <v>50</v>
       </c>
       <c r="Q27" s="109"/>
       <c r="R27" s="46" t="s">
         <v>51</v>
       </c>
       <c r="S27" s="107" t="s">
         <v>52</v>
       </c>
       <c r="T27" s="107"/>
       <c r="U27" s="107" t="s">
         <v>53</v>
       </c>
       <c r="V27" s="107"/>
@@ -11160,60 +11160,60 @@
       </c>
     </row>
     <row r="29" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A29" s="29"/>
       <c r="B29" s="30" t="str">
         <f>'Control Entry'!N62</f>
         <v/>
       </c>
       <c r="C29" s="30" t="str">
         <f>'Control Entry'!O62</f>
         <v/>
       </c>
       <c r="D29" s="31"/>
       <c r="E29" s="32" t="str">
         <f>IF(ISBLANK('Control Entry'!H62),"",'Control Entry'!H62)</f>
         <v/>
       </c>
       <c r="F29" s="88" t="str">
         <f>IF(ISBLANK('Control Entry'!K62),"",'Control Entry'!K62)</f>
         <v/>
       </c>
       <c r="G29" s="87"/>
       <c r="H29" s="24" t="s">
         <v>29</v>
       </c>
-      <c r="M29" s="136" t="s">
+      <c r="M29" s="108" t="s">
         <v>42</v>
       </c>
-      <c r="N29" s="136"/>
-[...5 lines deleted...]
-      <c r="T29" s="136"/>
+      <c r="N29" s="108"/>
+      <c r="O29" s="108"/>
+      <c r="P29" s="108"/>
+      <c r="Q29" s="108"/>
+      <c r="R29" s="108"/>
+      <c r="S29" s="108"/>
+      <c r="T29" s="108"/>
       <c r="U29" s="49"/>
     </row>
     <row r="30" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="25"/>
       <c r="B30" s="26" t="str">
         <f>'Control Entry'!N63</f>
         <v/>
       </c>
       <c r="C30" s="26" t="str">
         <f>'Control Entry'!O63</f>
         <v/>
       </c>
       <c r="D30" s="33"/>
       <c r="E30" s="28" t="str">
         <f>IF(ISBLANK('Control Entry'!F63),"",'Control Entry'!F63)</f>
         <v/>
       </c>
       <c r="F30" s="84" t="str">
         <f>IF(ISBLANK('Control Entry'!I63),"",'Control Entry'!I63)</f>
         <v/>
       </c>
       <c r="G30" s="85"/>
       <c r="H30" s="24" t="s">
         <v>29</v>
       </c>
@@ -11261,171 +11261,171 @@
       <c r="T31" s="20"/>
     </row>
     <row r="32" spans="1:22" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A32" s="29"/>
       <c r="B32" s="30" t="str">
         <f>'Control Entry'!N63</f>
         <v/>
       </c>
       <c r="C32" s="30" t="str">
         <f>'Control Entry'!O63</f>
         <v/>
       </c>
       <c r="D32" s="31"/>
       <c r="E32" s="32" t="str">
         <f>IF(ISBLANK('Control Entry'!H63),"",'Control Entry'!H63)</f>
         <v/>
       </c>
       <c r="F32" s="88" t="str">
         <f>IF(ISBLANK('Control Entry'!K63),"",'Control Entry'!K63)</f>
         <v/>
       </c>
       <c r="G32" s="87"/>
       <c r="H32" s="24" t="s">
         <v>29</v>
       </c>
-      <c r="M32" s="128" t="s">
+      <c r="M32" s="121" t="s">
         <v>82</v>
       </c>
-      <c r="N32" s="129"/>
-[...2 lines deleted...]
-      <c r="Q32" s="131">
+      <c r="N32" s="122"/>
+      <c r="O32" s="122"/>
+      <c r="P32" s="123"/>
+      <c r="Q32" s="124">
         <f>'Control Entry'!B3</f>
         <v>44700</v>
       </c>
-      <c r="R32" s="132"/>
-[...1 lines deleted...]
-      <c r="T32" s="133"/>
+      <c r="R32" s="125"/>
+      <c r="S32" s="125"/>
+      <c r="T32" s="126"/>
     </row>
     <row r="33" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="123" t="s">
+      <c r="A33" s="115" t="s">
         <v>43</v>
       </c>
-      <c r="B33" s="123"/>
-[...4 lines deleted...]
-      <c r="G33" s="123"/>
+      <c r="B33" s="115"/>
+      <c r="C33" s="115"/>
+      <c r="D33" s="115"/>
+      <c r="E33" s="115"/>
+      <c r="F33" s="115"/>
+      <c r="G33" s="115"/>
       <c r="H33" s="37"/>
       <c r="I33" s="37"/>
-      <c r="M33" s="137" t="s">
+      <c r="M33" s="110" t="s">
         <v>86</v>
       </c>
-      <c r="N33" s="138"/>
-[...2 lines deleted...]
-      <c r="Q33" s="139">
+      <c r="N33" s="111"/>
+      <c r="O33" s="111"/>
+      <c r="P33" s="111"/>
+      <c r="Q33" s="112">
         <f>'Control Entry'!B4</f>
         <v>44870</v>
       </c>
-      <c r="R33" s="126"/>
-[...1 lines deleted...]
-      <c r="T33" s="126"/>
+      <c r="R33" s="113"/>
+      <c r="S33" s="113"/>
+      <c r="T33" s="113"/>
       <c r="U33" s="81"/>
       <c r="V33" s="44"/>
     </row>
     <row r="34" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34" s="42"/>
     </row>
     <row r="35" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35"/>
-      <c r="N35" s="136"/>
-[...6 lines deleted...]
-      <c r="U35" s="136"/>
+      <c r="N35" s="108"/>
+      <c r="O35" s="108"/>
+      <c r="P35" s="108"/>
+      <c r="Q35" s="108"/>
+      <c r="R35" s="108"/>
+      <c r="S35" s="108"/>
+      <c r="T35" s="108"/>
+      <c r="U35" s="108"/>
     </row>
     <row r="36" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A36"/>
     </row>
     <row r="37" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A37"/>
     </row>
     <row r="38" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38"/>
       <c r="N38" s="15"/>
     </row>
     <row r="39" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A39"/>
     </row>
     <row r="40" spans="1:22" ht="36" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A40"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="m+5DxS5z0jGPz2enrJCRgFwjkf0y6S+KVRFuN1IjzuBtg7DxgRkCvJA9CD6YWcWRfvJNtgkjCl2dSguY7geJVQ==" saltValue="ged3XotTQX8HcL4AYG6aUg==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatCells="0" selectLockedCells="1"/>
   <mergeCells count="42">
-    <mergeCell ref="A33:G33"/>
-[...10 lines deleted...]
-    <mergeCell ref="Q32:T32"/>
+    <mergeCell ref="J21:U21"/>
+    <mergeCell ref="L11:N11"/>
+    <mergeCell ref="S11:U11"/>
+    <mergeCell ref="A1:G1"/>
+    <mergeCell ref="K2:U2"/>
+    <mergeCell ref="O3:R3"/>
+    <mergeCell ref="M4:T4"/>
+    <mergeCell ref="N5:O5"/>
+    <mergeCell ref="R5:U5"/>
+    <mergeCell ref="L6:U6"/>
+    <mergeCell ref="L8:Q8"/>
+    <mergeCell ref="T8:U8"/>
+    <mergeCell ref="L9:U9"/>
+    <mergeCell ref="L10:U10"/>
     <mergeCell ref="J25:N25"/>
     <mergeCell ref="P25:Q25"/>
     <mergeCell ref="S25:T25"/>
     <mergeCell ref="U25:V25"/>
     <mergeCell ref="L12:N12"/>
     <mergeCell ref="S12:U12"/>
     <mergeCell ref="L13:N13"/>
     <mergeCell ref="R13:U13"/>
     <mergeCell ref="L15:U15"/>
     <mergeCell ref="L16:U16"/>
     <mergeCell ref="L20:N20"/>
     <mergeCell ref="S20:U20"/>
     <mergeCell ref="S22:U22"/>
     <mergeCell ref="J24:N24"/>
     <mergeCell ref="S24:U24"/>
     <mergeCell ref="M22:O22"/>
-    <mergeCell ref="J21:U21"/>
-[...12 lines deleted...]
-    <mergeCell ref="L10:U10"/>
+    <mergeCell ref="A33:G33"/>
+    <mergeCell ref="M33:P33"/>
+    <mergeCell ref="Q33:T33"/>
+    <mergeCell ref="N35:U35"/>
+    <mergeCell ref="K27:L27"/>
+    <mergeCell ref="N27:O27"/>
+    <mergeCell ref="P27:Q27"/>
+    <mergeCell ref="S27:T27"/>
+    <mergeCell ref="U27:V27"/>
+    <mergeCell ref="M29:T29"/>
+    <mergeCell ref="M32:P32"/>
+    <mergeCell ref="Q32:T32"/>
   </mergeCells>
   <conditionalFormatting sqref="K27:V27">
     <cfRule type="expression" dxfId="6" priority="7">
       <formula>$S$3="#2"</formula>
     </cfRule>
     <cfRule type="expression" dxfId="5" priority="8">
       <formula>$S$3="#4"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="P22:U24">
     <cfRule type="expression" dxfId="4" priority="5">
       <formula>$S$3="#2"</formula>
     </cfRule>
     <cfRule type="expression" dxfId="3" priority="6">
       <formula>$S$3="#4"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J22:O22">
     <cfRule type="expression" dxfId="2" priority="3">
       <formula>$S$3="#2"</formula>
     </cfRule>
     <cfRule type="expression" dxfId="1" priority="4">
       <formula>$S$3="#4"</formula>
     </cfRule>
   </conditionalFormatting>